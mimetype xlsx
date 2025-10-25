--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -789,51 +789,51 @@
   <si>
     <t>75-129</t>
   </si>
   <si>
     <t>ul. Mieszka I 14</t>
   </si>
   <si>
     <t>+48 94 346 15 42</t>
   </si>
   <si>
     <t>koszalin@autos.com.pl</t>
   </si>
   <si>
     <t>54.19106704489039, 16.158819121192934</t>
   </si>
   <si>
     <t>Kościerzyna</t>
   </si>
   <si>
     <t>83-400</t>
   </si>
   <si>
     <t>Dworcowa 41</t>
   </si>
   <si>
-    <t>+48 734 820 810; +48 734 824 845; +48 734 820 816</t>
+    <t>+48 734 820 816</t>
   </si>
   <si>
     <t>koscierzyna@autos.com.pl</t>
   </si>
   <si>
     <t>54.11672193739452, 17.99573395082302</t>
   </si>
   <si>
     <t>Kraków</t>
   </si>
   <si>
     <t>małopolskie</t>
   </si>
   <si>
     <t>31-580</t>
   </si>
   <si>
     <t>ul. Nowohucka 11</t>
   </si>
   <si>
     <t>+48 12 644 05 47</t>
   </si>
   <si>
     <t>krakow@autos.com.pl</t>
   </si>
@@ -867,51 +867,51 @@
   <si>
     <t>ul. Toruńska 36</t>
   </si>
   <si>
     <t>+48 56 644 06 67; +48 55 245 02 59; +48 723 665 096</t>
   </si>
   <si>
     <t>kwidzyn@autos.com.pl</t>
   </si>
   <si>
     <t>53.718744000000000, 18.918505000000000</t>
   </si>
   <si>
     <t>Legionowo</t>
   </si>
   <si>
     <t>05-119</t>
   </si>
   <si>
     <t>Łajski</t>
   </si>
   <si>
     <t>Polna 4b</t>
   </si>
   <si>
-    <t>+48 22 782 24 30; +48 22 782 24 31; +48 22 782 24 32</t>
+    <t>+48 22 782 24 31; +48 22 782 24 32; +48 22 782 24 30</t>
   </si>
   <si>
     <t>legionowo@autos.com.pl</t>
   </si>
   <si>
     <t>52.43887980166447, 20.940842932368316</t>
   </si>
   <si>
     <t>Lisi Ogon</t>
   </si>
   <si>
     <t>86-065</t>
   </si>
   <si>
     <t>ul. Bydgoska 10-12</t>
   </si>
   <si>
     <t>+48 52 364 67 08</t>
   </si>
   <si>
     <t>lisiogon@autos.com.pl</t>
   </si>
   <si>
     <t>07:00 - 18:00</t>
   </si>
@@ -5440,51 +5440,51 @@
       <c r="A91" t="s">
         <v>571</v>
       </c>
       <c r="B91" t="s">
         <v>147</v>
       </c>
       <c r="C91" t="s" s="2">
         <v>572</v>
       </c>
       <c r="D91" t="s">
         <v>571</v>
       </c>
       <c r="E91" t="s">
         <v>573</v>
       </c>
       <c r="F91" t="s">
         <v>574</v>
       </c>
       <c r="G91" t="s" s="3">
         <v>575</v>
       </c>
       <c r="H91" t="s">
         <v>28</v>
       </c>
       <c r="I91" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="J91" t="s">
         <v>576</v>
       </c>
       <c r="K91" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>577</v>
       </c>
       <c r="B92" t="s">
         <v>147</v>
       </c>
       <c r="C92" t="s" s="2">
         <v>578</v>
       </c>
       <c r="D92" t="s">
         <v>577</v>
       </c>
       <c r="E92" t="s">
         <v>579</v>
       </c>
       <c r="F92" t="s">