--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Autos shop list" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="718" uniqueCount="718">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="724" uniqueCount="724">
   <si>
     <t>Shop name</t>
   </si>
   <si>
     <t>Voivodeship</t>
   </si>
   <si>
     <t>Zip code</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Work hours Monday-Friday</t>
   </si>
   <si>
@@ -876,50 +876,68 @@
   <si>
     <t>53.718744000000000, 18.918505000000000</t>
   </si>
   <si>
     <t>Legionowo</t>
   </si>
   <si>
     <t>05-119</t>
   </si>
   <si>
     <t>Łajski</t>
   </si>
   <si>
     <t>Polna 4b</t>
   </si>
   <si>
     <t>+48 22 782 24 31; +48 22 782 24 32; +48 22 782 24 30</t>
   </si>
   <si>
     <t>legionowo@autos.com.pl</t>
   </si>
   <si>
     <t>52.43887980166447, 20.940842932368316</t>
   </si>
   <si>
+    <t>Leszno</t>
+  </si>
+  <si>
+    <t>64-100</t>
+  </si>
+  <si>
+    <t>Luksemburska 5</t>
+  </si>
+  <si>
+    <t>+48 65 511 00 02</t>
+  </si>
+  <si>
+    <t>leszno@autos.com.pl</t>
+  </si>
+  <si>
+    <t>51.8406596, 16.6002416</t>
+  </si>
+  <si>
     <t>Lisi Ogon</t>
   </si>
   <si>
     <t>86-065</t>
   </si>
   <si>
     <t>ul. Bydgoska 10-12</t>
   </si>
   <si>
     <t>+48 52 364 67 08</t>
   </si>
   <si>
     <t>lisiogon@autos.com.pl</t>
   </si>
   <si>
     <t>07:00 - 18:00</t>
   </si>
   <si>
     <t>53.127041000000000, 17.883391000000000</t>
   </si>
   <si>
     <t>Lubin</t>
   </si>
   <si>
     <t>59-300</t>
@@ -1239,75 +1257,75 @@
   <si>
     <t>ul. Otolińska 25</t>
   </si>
   <si>
     <t>+48 24 264 45 88</t>
   </si>
   <si>
     <t>plock@autos.com.pl</t>
   </si>
   <si>
     <t>06:00 - 18:00</t>
   </si>
   <si>
     <t>52.54997573877796, 19.720425648690306</t>
   </si>
   <si>
     <t>Płońsk</t>
   </si>
   <si>
     <t>09-100</t>
   </si>
   <si>
     <t>ul. Podmiejska 5</t>
   </si>
   <si>
-    <t>+48 23 662 12 38</t>
+    <t>+48 23 662 12 38; +48 23 662 32 40</t>
   </si>
   <si>
     <t>plonsk@autos.com.pl</t>
   </si>
   <si>
     <t>52.616542000000010, 20.388554000000000</t>
   </si>
   <si>
     <t>Poznań</t>
   </si>
   <si>
-    <t>61-483</t>
-[...5 lines deleted...]
-    <t>+48 61 664 06 78</t>
+    <t>62-052</t>
+  </si>
+  <si>
+    <t>Komorniki</t>
+  </si>
+  <si>
+    <t>Przemysłowa 30</t>
   </si>
   <si>
     <t>poznan-a@autos.com.pl</t>
   </si>
   <si>
-    <t>52.378854000000000, 16.895256000000000</t>
+    <t>52.34403738730226, 16.829402404266368</t>
   </si>
   <si>
     <t>Przasnysz</t>
   </si>
   <si>
     <t>06-300</t>
   </si>
   <si>
     <t>ul. Szosa Ciechanowska 3</t>
   </si>
   <si>
     <t>+48 29 714 10 32</t>
   </si>
   <si>
     <t>przasnysz@autos.com.pl</t>
   </si>
   <si>
     <t>53.017483000000000, 20.870614000000000</t>
   </si>
   <si>
     <t>Puławy</t>
   </si>
   <si>
     <t>24-100</t>
   </si>
@@ -1548,51 +1566,51 @@
   <si>
     <t>83-200</t>
   </si>
   <si>
     <t>Linowiec</t>
   </si>
   <si>
     <t>+48 723 686 922; +48 723 686 921</t>
   </si>
   <si>
     <t>starogard@autos.com.pl</t>
   </si>
   <si>
     <t>54.00526735918591, 18.493918239764753</t>
   </si>
   <si>
     <t>Szczecin</t>
   </si>
   <si>
     <t>70-771</t>
   </si>
   <si>
     <t>ul. Wczasów 29</t>
   </si>
   <si>
-    <t>+48 94 347 22 10; +48 91 466 65 28; +48 515 707 898</t>
+    <t>+48 94 347 22 10; +48 91 466 65 28</t>
   </si>
   <si>
     <t>szczecin@autos.com.pl</t>
   </si>
   <si>
     <t>53.385992000000000, 14.631839000000001</t>
   </si>
   <si>
     <t>Szczecinek</t>
   </si>
   <si>
     <t>78-400</t>
   </si>
   <si>
     <t>ul. Słowiańska 6</t>
   </si>
   <si>
     <t>+48 94 347 22 10</t>
   </si>
   <si>
     <t>szczecinek@autos.com.pl</t>
   </si>
   <si>
     <t>08:00 - 12:00</t>
   </si>
@@ -1866,60 +1884,60 @@
   <si>
     <t>Prešov</t>
   </si>
   <si>
     <t>080 05</t>
   </si>
   <si>
     <t>Jesenná 26</t>
   </si>
   <si>
     <t>+421 907 906 025; +421 907 508 169</t>
   </si>
   <si>
     <t>presov@autos.sk</t>
   </si>
   <si>
     <t>48.968238000000000, 21.256955000000000</t>
   </si>
   <si>
     <t>Prievidza</t>
   </si>
   <si>
     <t>971 01</t>
   </si>
   <si>
-    <t>Košovská cesta 27</t>
+    <t>Ciglianska cesta 12</t>
   </si>
   <si>
     <t>+421 905 200 764; +421 917 959 210</t>
   </si>
   <si>
     <t>prievidza@autos.sk</t>
   </si>
   <si>
-    <t>48.760180000000000, 18.618201000000000</t>
+    <t>48.749450647598145, 18.623801452423088</t>
   </si>
   <si>
     <t>Trenčín</t>
   </si>
   <si>
     <t>911 05</t>
   </si>
   <si>
     <t>Bratislavská 571</t>
   </si>
   <si>
     <t>+421 917 935 097, +421 917 935 096, +421 948 629 925</t>
   </si>
   <si>
     <t>trencin@autos.sk</t>
   </si>
   <si>
     <t>07:30 - 16:30</t>
   </si>
   <si>
     <t>08:00 - 11:00</t>
   </si>
   <si>
     <t>48.89100627943956, 17.99579992890358</t>
   </si>
@@ -2268,123 +2286,124 @@
 <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gdansk@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gdynia@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gniezno@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gorzow@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grodzisk@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grojec@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grudziadz@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inowroclaw@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jarocin@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslaw@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeleniagora@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kalisz@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katowice@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kedzierzyn@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kepno@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kielce@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kluczbork@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kolo@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:konin@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:koszalin@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:koscierzyna@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:krakow@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:krosno@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwidzyn@autos.com.pl" TargetMode="External"/>
 <Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:legionowo@autos.com.pl" TargetMode="External"/>
-<Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisiogon@autos.com.pl" TargetMode="External"/>
-[...66 lines deleted...]
-<Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.riha@autos.com.pl" TargetMode="External"/></Relationships>
+<Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leszno@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisiogon@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lubin@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lublin@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lazy@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lowicz@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lodz@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:milicz@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:minsk.mazowiecki@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nowysacz@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nowytarg@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olesnica@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olsztyn@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:opole@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ostroleka@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ostrow@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ostrow.wielkopolski@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pila@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:piotrkow@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:plock@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:plonsk@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:poznan-a@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:przasnysz@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pulawy@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:radom@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rudzienice@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rzeszow@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rzgow@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandomierz@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siedlce@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:skawina@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:slupsk@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sochaczew@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sokolow.podlaski@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:solec@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stargard@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:starogard@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:szczecin@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:szczecinek@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tarnow@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomaszowlubelski@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:torun@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wloclawek.sklep@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wroclaw@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wyszkow@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zabrze@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zamosc@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zielonagora@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zary@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:znin@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kosice@autos.sk" TargetMode="External"/>
+<Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:levice@autos.sk" TargetMode="External"/>
+<Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:poprad@autos.sk" TargetMode="External"/>
+<Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:presov@autos.sk" TargetMode="External"/>
+<Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prievidza@autos.sk" TargetMode="External"/>
+<Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:trencin@autos.sk" TargetMode="External"/>
+<Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:trnava@autos.sk" TargetMode="External"/>
+<Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zilina@autos.sk" TargetMode="External"/>
+<Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:breclav@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vary@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kolin@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:litomysl@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olomouc@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:senov@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:slusovice@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sumperk@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:trebic@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:autos@autos.com.pl" TargetMode="External"/>
+<Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.riha@autos.com.pl" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M116"/>
+  <dimension ref="A1:M117"/>
   <cols>
     <col min="1" max="1" width="21"/>
     <col min="2" max="2" width="20"/>
     <col min="3" max="3" width="9"/>
     <col min="4" max="4" width="21"/>
     <col min="5" max="5" width="34"/>
     <col min="6" max="6" width="60"/>
     <col min="7" max="7" width="33"/>
     <col min="8" max="8" width="25"/>
     <col min="9" max="9" width="20"/>
     <col min="10" max="10" width="39"/>
     <col min="11" max="11" width="13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="1">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="1">
@@ -3824,2521 +3843,2551 @@
       </c>
       <c r="E44" t="s">
         <v>284</v>
       </c>
       <c r="F44" t="s">
         <v>285</v>
       </c>
       <c r="G44" t="s" s="3">
         <v>286</v>
       </c>
       <c r="H44" t="s">
         <v>45</v>
       </c>
       <c r="I44" t="s">
         <v>106</v>
       </c>
       <c r="J44" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>288</v>
       </c>
       <c r="B45" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="C45" t="s" s="2">
         <v>289</v>
       </c>
       <c r="D45" t="s">
         <v>288</v>
       </c>
       <c r="E45" t="s">
         <v>290</v>
       </c>
       <c r="F45" t="s">
         <v>291</v>
       </c>
       <c r="G45" t="s" s="3">
         <v>292</v>
       </c>
       <c r="H45" t="s">
+        <v>45</v>
+      </c>
+      <c r="I45" t="s">
+        <v>98</v>
+      </c>
+      <c r="J45" t="s">
         <v>293</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
+        <v>294</v>
+      </c>
+      <c r="B46" t="s">
+        <v>61</v>
+      </c>
+      <c r="C46" t="s" s="2">
         <v>295</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s" s="2">
+      <c r="D46" t="s">
+        <v>294</v>
+      </c>
+      <c r="E46" t="s">
         <v>296</v>
       </c>
-      <c r="D46" t="s">
-[...2 lines deleted...]
-      <c r="E46" t="s">
+      <c r="F46" t="s">
         <v>297</v>
       </c>
-      <c r="F46" t="s">
+      <c r="G46" t="s" s="3">
         <v>298</v>
       </c>
-      <c r="G46" t="s" s="3">
+      <c r="H46" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="I46" t="s">
         <v>19</v>
       </c>
       <c r="J46" t="s">
         <v>300</v>
       </c>
       <c r="K46" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>301</v>
       </c>
       <c r="B47" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="C47" t="s" s="2">
         <v>302</v>
       </c>
       <c r="D47" t="s">
         <v>301</v>
       </c>
       <c r="E47" t="s">
         <v>303</v>
       </c>
       <c r="F47" t="s">
         <v>304</v>
       </c>
       <c r="G47" t="s" s="3">
         <v>305</v>
       </c>
       <c r="H47" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I47" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="J47" t="s">
         <v>306</v>
       </c>
       <c r="K47" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>307</v>
       </c>
       <c r="B48" t="s">
-        <v>81</v>
+        <v>13</v>
       </c>
       <c r="C48" t="s" s="2">
         <v>308</v>
       </c>
       <c r="D48" t="s">
         <v>307</v>
       </c>
       <c r="E48" t="s">
         <v>309</v>
       </c>
       <c r="F48" t="s">
         <v>310</v>
       </c>
       <c r="G48" t="s" s="3">
         <v>311</v>
       </c>
       <c r="H48" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="I48" t="s">
         <v>29</v>
       </c>
       <c r="J48" t="s">
         <v>312</v>
       </c>
       <c r="K48" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>313</v>
       </c>
       <c r="B49" t="s">
+        <v>81</v>
+      </c>
+      <c r="C49" t="s" s="2">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="D49" t="s">
         <v>313</v>
       </c>
       <c r="E49" t="s">
+        <v>315</v>
+      </c>
+      <c r="F49" t="s">
         <v>316</v>
       </c>
-      <c r="F49" t="s">
+      <c r="G49" t="s" s="3">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="H49" t="s">
         <v>18</v>
       </c>
       <c r="I49" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="J49" t="s">
-        <v>319</v>
+        <v>318</v>
+      </c>
+      <c r="K49" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
+        <v>319</v>
+      </c>
+      <c r="B50" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="C50" t="s" s="2">
         <v>321</v>
       </c>
       <c r="D50" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="E50" t="s">
         <v>322</v>
       </c>
       <c r="F50" t="s">
         <v>323</v>
       </c>
       <c r="G50" t="s" s="3">
         <v>324</v>
       </c>
       <c r="H50" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="I50" t="s">
-        <v>106</v>
+        <v>19</v>
       </c>
       <c r="J50" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>326</v>
       </c>
       <c r="B51" t="s">
-        <v>54</v>
+        <v>320</v>
       </c>
       <c r="C51" t="s" s="2">
         <v>327</v>
       </c>
       <c r="D51" t="s">
         <v>326</v>
       </c>
       <c r="E51" t="s">
         <v>328</v>
       </c>
       <c r="F51" t="s">
         <v>329</v>
       </c>
       <c r="G51" t="s" s="3">
         <v>330</v>
       </c>
       <c r="H51" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="I51" t="s">
-        <v>29</v>
+        <v>106</v>
       </c>
       <c r="J51" t="s">
         <v>331</v>
       </c>
       <c r="K51" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>332</v>
       </c>
       <c r="B52" t="s">
-        <v>81</v>
+        <v>54</v>
       </c>
       <c r="C52" t="s" s="2">
         <v>333</v>
       </c>
       <c r="D52" t="s">
+        <v>332</v>
+      </c>
+      <c r="E52" t="s">
         <v>334</v>
       </c>
-      <c r="E52" t="s">
+      <c r="F52" t="s">
         <v>335</v>
       </c>
-      <c r="F52" t="s">
+      <c r="G52" t="s" s="3">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="H52" t="s">
         <v>18</v>
       </c>
       <c r="I52" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="J52" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="K52" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
+        <v>338</v>
+      </c>
+      <c r="B53" t="s">
+        <v>81</v>
+      </c>
+      <c r="C53" t="s" s="2">
         <v>339</v>
       </c>
-      <c r="B53" t="s">
-[...2 lines deleted...]
-      <c r="C53" t="s" s="2">
+      <c r="D53" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="E53" t="s">
         <v>341</v>
       </c>
       <c r="F53" t="s">
         <v>342</v>
       </c>
       <c r="G53" t="s" s="3">
         <v>343</v>
       </c>
       <c r="H53" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="I53" t="s">
         <v>19</v>
       </c>
       <c r="J53" t="s">
         <v>344</v>
       </c>
       <c r="K53" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>345</v>
       </c>
       <c r="B54" t="s">
         <v>263</v>
       </c>
       <c r="C54" t="s" s="2">
         <v>346</v>
       </c>
       <c r="D54" t="s">
         <v>345</v>
       </c>
       <c r="E54" t="s">
         <v>347</v>
       </c>
       <c r="F54" t="s">
         <v>348</v>
       </c>
       <c r="G54" t="s" s="3">
         <v>349</v>
       </c>
       <c r="H54" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="I54" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="J54" t="s">
         <v>350</v>
       </c>
       <c r="K54" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>351</v>
       </c>
       <c r="B55" t="s">
-        <v>54</v>
+        <v>263</v>
       </c>
       <c r="C55" t="s" s="2">
         <v>352</v>
       </c>
       <c r="D55" t="s">
         <v>351</v>
       </c>
       <c r="E55" t="s">
         <v>353</v>
       </c>
       <c r="F55" t="s">
         <v>354</v>
       </c>
       <c r="G55" t="s" s="3">
         <v>355</v>
       </c>
       <c r="H55" t="s">
         <v>18</v>
       </c>
       <c r="I55" t="s">
         <v>29</v>
       </c>
       <c r="J55" t="s">
         <v>356</v>
       </c>
       <c r="K55" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>357</v>
       </c>
       <c r="B56" t="s">
-        <v>101</v>
+        <v>54</v>
       </c>
       <c r="C56" t="s" s="2">
         <v>358</v>
       </c>
       <c r="D56" t="s">
         <v>357</v>
       </c>
       <c r="E56" t="s">
         <v>359</v>
       </c>
+      <c r="F56" t="s">
+        <v>360</v>
+      </c>
       <c r="G56" t="s" s="3">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H56" t="s">
-        <v>113</v>
+        <v>18</v>
       </c>
       <c r="I56" t="s">
-        <v>106</v>
+        <v>29</v>
       </c>
       <c r="J56" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K56" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B57" t="s">
-        <v>210</v>
+        <v>101</v>
       </c>
       <c r="C57" t="s" s="2">
+        <v>364</v>
+      </c>
+      <c r="D57" t="s">
         <v>363</v>
       </c>
-      <c r="D57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E57" t="s">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="F57" t="s">
         <v>365</v>
       </c>
       <c r="G57" t="s" s="3">
         <v>366</v>
       </c>
       <c r="H57" t="s">
-        <v>18</v>
+        <v>113</v>
       </c>
       <c r="I57" t="s">
-        <v>29</v>
+        <v>106</v>
       </c>
       <c r="J57" t="s">
         <v>367</v>
       </c>
       <c r="K57" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>368</v>
       </c>
       <c r="B58" t="s">
-        <v>81</v>
+        <v>210</v>
       </c>
       <c r="C58" t="s" s="2">
         <v>369</v>
       </c>
       <c r="D58" t="s">
         <v>368</v>
       </c>
       <c r="E58" t="s">
         <v>370</v>
       </c>
       <c r="F58" t="s">
         <v>371</v>
       </c>
       <c r="G58" t="s" s="3">
         <v>372</v>
       </c>
       <c r="H58" t="s">
-        <v>293</v>
+        <v>18</v>
       </c>
       <c r="I58" t="s">
+        <v>29</v>
+      </c>
+      <c r="J58" t="s">
         <v>373</v>
       </c>
-      <c r="J58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K58" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="B59" t="s">
         <v>81</v>
       </c>
       <c r="C59" t="s" s="2">
+        <v>375</v>
+      </c>
+      <c r="D59" t="s">
+        <v>374</v>
+      </c>
+      <c r="E59" t="s">
         <v>376</v>
       </c>
-      <c r="D59" t="s">
-[...2 lines deleted...]
-      <c r="E59" t="s">
+      <c r="F59" t="s">
         <v>377</v>
       </c>
-      <c r="F59" t="s">
+      <c r="G59" t="s" s="3">
         <v>378</v>
       </c>
-      <c r="G59" t="s" s="3">
+      <c r="H59" t="s">
+        <v>299</v>
+      </c>
+      <c r="I59" t="s">
         <v>379</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
       <c r="J59" t="s">
         <v>380</v>
       </c>
       <c r="K59" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>381</v>
       </c>
       <c r="B60" t="s">
-        <v>140</v>
+        <v>81</v>
       </c>
       <c r="C60" t="s" s="2">
         <v>382</v>
       </c>
       <c r="D60" t="s">
         <v>381</v>
       </c>
       <c r="E60" t="s">
         <v>383</v>
       </c>
       <c r="F60" t="s">
         <v>384</v>
       </c>
       <c r="G60" t="s" s="3">
         <v>385</v>
       </c>
       <c r="H60" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="I60" t="s">
-        <v>19</v>
+        <v>106</v>
       </c>
       <c r="J60" t="s">
         <v>386</v>
+      </c>
+      <c r="K60" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>387</v>
       </c>
       <c r="B61" t="s">
         <v>140</v>
       </c>
       <c r="C61" t="s" s="2">
         <v>388</v>
       </c>
       <c r="D61" t="s">
         <v>387</v>
       </c>
       <c r="E61" t="s">
         <v>389</v>
       </c>
       <c r="F61" t="s">
         <v>390</v>
       </c>
       <c r="G61" t="s" s="3">
         <v>391</v>
       </c>
       <c r="H61" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="I61" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="J61" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>393</v>
       </c>
       <c r="B62" t="s">
-        <v>314</v>
+        <v>140</v>
       </c>
       <c r="C62" t="s" s="2">
         <v>394</v>
       </c>
       <c r="D62" t="s">
         <v>393</v>
       </c>
       <c r="E62" t="s">
         <v>395</v>
       </c>
       <c r="F62" t="s">
         <v>396</v>
       </c>
       <c r="G62" t="s" s="3">
         <v>397</v>
       </c>
       <c r="H62" t="s">
         <v>45</v>
       </c>
       <c r="I62" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="J62" t="s">
         <v>398</v>
       </c>
       <c r="K62" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>399</v>
       </c>
       <c r="B63" t="s">
-        <v>81</v>
+        <v>320</v>
       </c>
       <c r="C63" t="s" s="2">
         <v>400</v>
       </c>
       <c r="D63" t="s">
         <v>399</v>
       </c>
       <c r="E63" t="s">
         <v>401</v>
       </c>
       <c r="F63" t="s">
         <v>402</v>
       </c>
       <c r="G63" t="s" s="3">
         <v>403</v>
       </c>
       <c r="H63" t="s">
-        <v>404</v>
+        <v>45</v>
       </c>
       <c r="I63" t="s">
         <v>19</v>
       </c>
       <c r="J63" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="K63" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="B64" t="s">
         <v>81</v>
       </c>
       <c r="C64" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D64" t="s">
+        <v>405</v>
+      </c>
+      <c r="E64" t="s">
         <v>407</v>
       </c>
-      <c r="D64" t="s">
-[...2 lines deleted...]
-      <c r="E64" t="s">
+      <c r="F64" t="s">
         <v>408</v>
       </c>
-      <c r="F64" t="s">
+      <c r="G64" t="s" s="3">
         <v>409</v>
       </c>
-      <c r="G64" t="s" s="3">
+      <c r="H64" t="s">
         <v>410</v>
       </c>
-      <c r="H64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I64" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="J64" t="s">
         <v>411</v>
       </c>
       <c r="K64" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>412</v>
       </c>
       <c r="B65" t="s">
-        <v>140</v>
+        <v>81</v>
       </c>
       <c r="C65" t="s" s="2">
         <v>413</v>
       </c>
       <c r="D65" t="s">
         <v>412</v>
       </c>
       <c r="E65" t="s">
         <v>414</v>
       </c>
       <c r="F65" t="s">
         <v>415</v>
       </c>
       <c r="G65" t="s" s="3">
         <v>416</v>
       </c>
       <c r="H65" t="s">
         <v>18</v>
       </c>
       <c r="I65" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="J65" t="s">
         <v>417</v>
       </c>
       <c r="K65" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>418</v>
       </c>
       <c r="B66" t="s">
-        <v>81</v>
+        <v>140</v>
       </c>
       <c r="C66" t="s" s="2">
         <v>419</v>
       </c>
       <c r="D66" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="E66" t="s">
-        <v>420</v>
-[...1 lines deleted...]
-      <c r="F66" t="s">
         <v>421</v>
       </c>
       <c r="G66" t="s" s="3">
         <v>422</v>
       </c>
       <c r="H66" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="I66" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="J66" t="s">
         <v>423</v>
       </c>
       <c r="K66" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>424</v>
       </c>
       <c r="B67" t="s">
-        <v>13</v>
+        <v>81</v>
       </c>
       <c r="C67" t="s" s="2">
         <v>425</v>
       </c>
       <c r="D67" t="s">
         <v>424</v>
       </c>
       <c r="E67" t="s">
         <v>426</v>
       </c>
       <c r="F67" t="s">
         <v>427</v>
       </c>
       <c r="G67" t="s" s="3">
         <v>428</v>
       </c>
       <c r="H67" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="I67" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="J67" t="s">
         <v>429</v>
       </c>
       <c r="K67" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>430</v>
       </c>
       <c r="B68" t="s">
-        <v>81</v>
+        <v>13</v>
       </c>
       <c r="C68" t="s" s="2">
         <v>431</v>
       </c>
       <c r="D68" t="s">
         <v>430</v>
       </c>
       <c r="E68" t="s">
         <v>432</v>
       </c>
       <c r="F68" t="s">
         <v>433</v>
       </c>
       <c r="G68" t="s" s="3">
         <v>434</v>
       </c>
       <c r="H68" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="I68" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="J68" t="s">
         <v>435</v>
       </c>
       <c r="K68" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>436</v>
       </c>
       <c r="B69" t="s">
-        <v>101</v>
+        <v>81</v>
       </c>
       <c r="C69" t="s" s="2">
         <v>437</v>
       </c>
       <c r="D69" t="s">
         <v>436</v>
       </c>
       <c r="E69" t="s">
         <v>438</v>
       </c>
       <c r="F69" t="s">
         <v>439</v>
       </c>
       <c r="G69" t="s" s="3">
         <v>440</v>
       </c>
       <c r="H69" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="I69" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="J69" t="s">
         <v>441</v>
       </c>
       <c r="K69" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>442</v>
       </c>
       <c r="B70" t="s">
-        <v>185</v>
+        <v>101</v>
       </c>
       <c r="C70" t="s" s="2">
         <v>443</v>
       </c>
       <c r="D70" t="s">
         <v>442</v>
       </c>
       <c r="E70" t="s">
         <v>444</v>
       </c>
       <c r="F70" t="s">
         <v>445</v>
       </c>
       <c r="G70" t="s" s="3">
         <v>446</v>
       </c>
       <c r="H70" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="I70" t="s">
         <v>19</v>
       </c>
       <c r="J70" t="s">
         <v>447</v>
       </c>
       <c r="K70" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>448</v>
       </c>
       <c r="B71" t="s">
-        <v>314</v>
+        <v>185</v>
       </c>
       <c r="C71" t="s" s="2">
         <v>449</v>
       </c>
       <c r="D71" t="s">
         <v>448</v>
       </c>
       <c r="E71" t="s">
         <v>450</v>
       </c>
       <c r="F71" t="s">
         <v>451</v>
       </c>
       <c r="G71" t="s" s="3">
         <v>452</v>
       </c>
       <c r="H71" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="I71" t="s">
-        <v>106</v>
+        <v>19</v>
       </c>
       <c r="J71" t="s">
         <v>453</v>
       </c>
       <c r="K71" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>454</v>
       </c>
       <c r="B72" t="s">
-        <v>224</v>
+        <v>320</v>
       </c>
       <c r="C72" t="s" s="2">
         <v>455</v>
       </c>
       <c r="D72" t="s">
         <v>454</v>
       </c>
       <c r="E72" t="s">
         <v>456</v>
       </c>
       <c r="F72" t="s">
         <v>457</v>
       </c>
       <c r="G72" t="s" s="3">
         <v>458</v>
       </c>
       <c r="H72" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="I72" t="s">
-        <v>19</v>
+        <v>106</v>
       </c>
       <c r="J72" t="s">
         <v>459</v>
       </c>
       <c r="K72" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>460</v>
       </c>
       <c r="B73" t="s">
-        <v>81</v>
+        <v>224</v>
       </c>
       <c r="C73" t="s" s="2">
         <v>461</v>
       </c>
       <c r="D73" t="s">
         <v>460</v>
       </c>
       <c r="E73" t="s">
         <v>462</v>
       </c>
       <c r="F73" t="s">
         <v>463</v>
       </c>
       <c r="G73" t="s" s="3">
         <v>464</v>
       </c>
       <c r="H73" t="s">
         <v>18</v>
       </c>
       <c r="I73" t="s">
         <v>19</v>
       </c>
       <c r="J73" t="s">
         <v>465</v>
       </c>
       <c r="K73" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>466</v>
       </c>
       <c r="B74" t="s">
-        <v>263</v>
+        <v>81</v>
       </c>
       <c r="C74" t="s" s="2">
         <v>467</v>
       </c>
       <c r="D74" t="s">
         <v>466</v>
       </c>
       <c r="E74" t="s">
         <v>468</v>
       </c>
       <c r="F74" t="s">
         <v>469</v>
       </c>
       <c r="G74" t="s" s="3">
         <v>470</v>
       </c>
       <c r="H74" t="s">
         <v>18</v>
       </c>
       <c r="I74" t="s">
         <v>19</v>
       </c>
       <c r="J74" t="s">
         <v>471</v>
+      </c>
+      <c r="K74" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>472</v>
       </c>
       <c r="B75" t="s">
-        <v>74</v>
+        <v>263</v>
       </c>
       <c r="C75" t="s" s="2">
         <v>473</v>
       </c>
       <c r="D75" t="s">
+        <v>472</v>
+      </c>
+      <c r="E75" t="s">
         <v>474</v>
       </c>
-      <c r="E75" t="s">
+      <c r="F75" t="s">
         <v>475</v>
       </c>
       <c r="G75" t="s" s="3">
         <v>476</v>
       </c>
       <c r="H75" t="s">
         <v>18</v>
       </c>
       <c r="I75" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="J75" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>478</v>
       </c>
       <c r="B76" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="C76" t="s" s="2">
         <v>479</v>
       </c>
       <c r="D76" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="E76" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="F76" t="s">
         <v>481</v>
       </c>
       <c r="G76" t="s" s="3">
         <v>482</v>
       </c>
       <c r="H76" t="s">
         <v>18</v>
       </c>
       <c r="I76" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="J76" t="s">
         <v>483</v>
       </c>
       <c r="K76" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>484</v>
       </c>
       <c r="B77" t="s">
         <v>81</v>
       </c>
       <c r="C77" t="s" s="2">
         <v>485</v>
       </c>
       <c r="D77" t="s">
         <v>484</v>
       </c>
       <c r="E77" t="s">
         <v>486</v>
       </c>
       <c r="F77" t="s">
         <v>487</v>
       </c>
       <c r="G77" t="s" s="3">
         <v>488</v>
       </c>
       <c r="H77" t="s">
         <v>18</v>
       </c>
       <c r="I77" t="s">
         <v>19</v>
       </c>
       <c r="J77" t="s">
         <v>489</v>
       </c>
       <c r="K77" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>490</v>
       </c>
       <c r="B78" t="s">
-        <v>61</v>
+        <v>81</v>
       </c>
       <c r="C78" t="s" s="2">
         <v>491</v>
       </c>
       <c r="D78" t="s">
         <v>490</v>
       </c>
       <c r="E78" t="s">
         <v>492</v>
       </c>
       <c r="F78" t="s">
         <v>493</v>
       </c>
       <c r="G78" t="s" s="3">
         <v>494</v>
       </c>
       <c r="H78" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="I78" t="s">
+        <v>19</v>
+      </c>
+      <c r="J78" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
       <c r="K78" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
+        <v>496</v>
+      </c>
+      <c r="B79" t="s">
+        <v>61</v>
+      </c>
+      <c r="C79" t="s" s="2">
         <v>497</v>
       </c>
-      <c r="B79" t="s">
-[...2 lines deleted...]
-      <c r="C79" t="s" s="2">
+      <c r="D79" t="s">
+        <v>496</v>
+      </c>
+      <c r="E79" t="s">
         <v>498</v>
       </c>
-      <c r="D79" t="s">
-[...2 lines deleted...]
-      <c r="E79" t="s">
+      <c r="F79" t="s">
         <v>499</v>
       </c>
-      <c r="F79" t="s">
+      <c r="G79" t="s" s="3">
         <v>500</v>
       </c>
-      <c r="G79" t="s" s="3">
+      <c r="H79" t="s">
+        <v>37</v>
+      </c>
+      <c r="I79" t="s">
         <v>501</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
       <c r="J79" t="s">
         <v>502</v>
       </c>
       <c r="K79" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>503</v>
       </c>
       <c r="B80" t="s">
-        <v>74</v>
+        <v>250</v>
       </c>
       <c r="C80" t="s" s="2">
         <v>504</v>
       </c>
       <c r="D80" t="s">
         <v>503</v>
       </c>
       <c r="E80" t="s">
         <v>505</v>
       </c>
       <c r="F80" t="s">
         <v>506</v>
       </c>
       <c r="G80" t="s" s="3">
         <v>507</v>
       </c>
       <c r="H80" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="I80" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="J80" t="s">
         <v>508</v>
       </c>
       <c r="K80" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>509</v>
       </c>
       <c r="B81" t="s">
-        <v>250</v>
+        <v>74</v>
       </c>
       <c r="C81" t="s" s="2">
         <v>510</v>
       </c>
       <c r="D81" t="s">
         <v>509</v>
       </c>
       <c r="E81" t="s">
         <v>511</v>
       </c>
       <c r="F81" t="s">
         <v>512</v>
       </c>
       <c r="G81" t="s" s="3">
         <v>513</v>
       </c>
       <c r="H81" t="s">
-        <v>113</v>
+        <v>37</v>
       </c>
       <c r="I81" t="s">
         <v>19</v>
       </c>
       <c r="J81" t="s">
         <v>514</v>
       </c>
       <c r="K81" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>515</v>
       </c>
       <c r="B82" t="s">
         <v>250</v>
       </c>
       <c r="C82" t="s" s="2">
         <v>516</v>
       </c>
       <c r="D82" t="s">
         <v>515</v>
       </c>
       <c r="E82" t="s">
         <v>517</v>
       </c>
       <c r="F82" t="s">
         <v>518</v>
       </c>
       <c r="G82" t="s" s="3">
         <v>519</v>
       </c>
       <c r="H82" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="I82" t="s">
+        <v>19</v>
+      </c>
+      <c r="J82" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
       <c r="K82" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
+        <v>521</v>
+      </c>
+      <c r="B83" t="s">
+        <v>250</v>
+      </c>
+      <c r="C83" t="s" s="2">
         <v>522</v>
       </c>
-      <c r="B83" t="s">
-[...2 lines deleted...]
-      <c r="C83" t="s" s="2">
+      <c r="D83" t="s">
+        <v>521</v>
+      </c>
+      <c r="E83" t="s">
         <v>523</v>
       </c>
-      <c r="D83" t="s">
-[...2 lines deleted...]
-      <c r="E83" t="s">
+      <c r="F83" t="s">
         <v>524</v>
       </c>
-      <c r="F83" t="s">
+      <c r="G83" t="s" s="3">
         <v>525</v>
       </c>
-      <c r="G83" t="s" s="3">
+      <c r="H83" t="s">
+        <v>37</v>
+      </c>
+      <c r="I83" t="s">
         <v>526</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
       <c r="J83" t="s">
         <v>527</v>
       </c>
       <c r="K83" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>528</v>
       </c>
       <c r="B84" t="s">
-        <v>13</v>
+        <v>263</v>
       </c>
       <c r="C84" t="s" s="2">
         <v>529</v>
       </c>
       <c r="D84" t="s">
         <v>528</v>
       </c>
       <c r="E84" t="s">
         <v>530</v>
       </c>
       <c r="F84" t="s">
         <v>531</v>
       </c>
       <c r="G84" t="s" s="3">
         <v>532</v>
       </c>
       <c r="H84" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="I84" t="s">
+        <v>170</v>
+      </c>
+      <c r="J84" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
       <c r="K84" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
+        <v>534</v>
+      </c>
+      <c r="B85" t="s">
+        <v>13</v>
+      </c>
+      <c r="C85" t="s" s="2">
         <v>535</v>
       </c>
-      <c r="B85" t="s">
-[...2 lines deleted...]
-      <c r="C85" t="s" s="2">
+      <c r="D85" t="s">
+        <v>534</v>
+      </c>
+      <c r="E85" t="s">
         <v>536</v>
       </c>
-      <c r="D85" t="s">
-[...2 lines deleted...]
-      <c r="E85" t="s">
+      <c r="F85" t="s">
         <v>537</v>
       </c>
-      <c r="F85" t="s">
+      <c r="G85" t="s" s="3">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
       <c r="H85" t="s">
         <v>18</v>
       </c>
       <c r="I85" t="s">
-        <v>19</v>
+        <v>539</v>
       </c>
       <c r="J85" t="s">
         <v>540</v>
       </c>
       <c r="K85" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>541</v>
       </c>
       <c r="B86" t="s">
         <v>61</v>
       </c>
       <c r="C86" t="s" s="2">
         <v>542</v>
       </c>
       <c r="D86" t="s">
         <v>541</v>
       </c>
       <c r="E86" t="s">
         <v>543</v>
       </c>
       <c r="F86" t="s">
         <v>544</v>
       </c>
       <c r="G86" t="s" s="3">
         <v>545</v>
       </c>
       <c r="H86" t="s">
         <v>18</v>
       </c>
       <c r="I86" t="s">
         <v>19</v>
       </c>
       <c r="J86" t="s">
         <v>546</v>
       </c>
       <c r="K86" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>547</v>
       </c>
       <c r="B87" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="C87" t="s" s="2">
         <v>548</v>
       </c>
       <c r="D87" t="s">
         <v>547</v>
       </c>
       <c r="E87" t="s">
         <v>549</v>
       </c>
       <c r="F87" t="s">
         <v>550</v>
       </c>
       <c r="G87" t="s" s="3">
         <v>551</v>
       </c>
       <c r="H87" t="s">
         <v>18</v>
       </c>
       <c r="I87" t="s">
         <v>19</v>
       </c>
       <c r="J87" t="s">
         <v>552</v>
       </c>
       <c r="K87" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>553</v>
       </c>
       <c r="B88" t="s">
-        <v>81</v>
+        <v>54</v>
       </c>
       <c r="C88" t="s" s="2">
         <v>554</v>
       </c>
       <c r="D88" t="s">
         <v>553</v>
       </c>
       <c r="E88" t="s">
         <v>555</v>
       </c>
       <c r="F88" t="s">
         <v>556</v>
       </c>
       <c r="G88" t="s" s="3">
         <v>557</v>
       </c>
       <c r="H88" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="I88" t="s">
-        <v>106</v>
+        <v>19</v>
       </c>
       <c r="J88" t="s">
         <v>558</v>
       </c>
       <c r="K88" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>559</v>
       </c>
       <c r="B89" t="s">
-        <v>40</v>
+        <v>81</v>
       </c>
       <c r="C89" t="s" s="2">
         <v>560</v>
       </c>
       <c r="D89" t="s">
         <v>559</v>
       </c>
       <c r="E89" t="s">
         <v>561</v>
       </c>
       <c r="F89" t="s">
         <v>562</v>
       </c>
       <c r="G89" t="s" s="3">
         <v>563</v>
       </c>
       <c r="H89" t="s">
         <v>45</v>
       </c>
       <c r="I89" t="s">
-        <v>19</v>
+        <v>106</v>
       </c>
       <c r="J89" t="s">
         <v>564</v>
       </c>
       <c r="K89" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>565</v>
       </c>
       <c r="B90" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="C90" t="s" s="2">
         <v>566</v>
       </c>
       <c r="D90" t="s">
         <v>565</v>
       </c>
       <c r="E90" t="s">
         <v>567</v>
       </c>
       <c r="F90" t="s">
         <v>568</v>
       </c>
       <c r="G90" t="s" s="3">
         <v>569</v>
       </c>
       <c r="H90" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="I90" t="s">
         <v>19</v>
       </c>
       <c r="J90" t="s">
         <v>570</v>
       </c>
       <c r="K90" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>571</v>
       </c>
       <c r="B91" t="s">
-        <v>147</v>
+        <v>13</v>
       </c>
       <c r="C91" t="s" s="2">
         <v>572</v>
       </c>
       <c r="D91" t="s">
         <v>571</v>
       </c>
       <c r="E91" t="s">
         <v>573</v>
       </c>
       <c r="F91" t="s">
         <v>574</v>
       </c>
       <c r="G91" t="s" s="3">
         <v>575</v>
       </c>
       <c r="H91" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I91" t="s">
         <v>19</v>
       </c>
       <c r="J91" t="s">
         <v>576</v>
       </c>
       <c r="K91" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>577</v>
       </c>
       <c r="B92" t="s">
         <v>147</v>
       </c>
       <c r="C92" t="s" s="2">
         <v>578</v>
       </c>
       <c r="D92" t="s">
         <v>577</v>
       </c>
       <c r="E92" t="s">
         <v>579</v>
       </c>
       <c r="F92" t="s">
         <v>580</v>
       </c>
       <c r="G92" t="s" s="3">
         <v>581</v>
       </c>
       <c r="H92" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="I92" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="J92" t="s">
         <v>582</v>
       </c>
       <c r="K92" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>583</v>
       </c>
       <c r="B93" t="s">
-        <v>61</v>
+        <v>147</v>
       </c>
       <c r="C93" t="s" s="2">
         <v>584</v>
       </c>
       <c r="D93" t="s">
         <v>583</v>
       </c>
       <c r="E93" t="s">
         <v>585</v>
       </c>
       <c r="F93" t="s">
         <v>586</v>
       </c>
       <c r="G93" t="s" s="3">
         <v>587</v>
       </c>
       <c r="H93" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="I93" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="J93" t="s">
         <v>588</v>
       </c>
       <c r="K93" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>589</v>
+      </c>
+      <c r="B94" t="s">
+        <v>61</v>
+      </c>
+      <c r="C94" t="s" s="2">
+        <v>590</v>
+      </c>
+      <c r="D94" t="s">
+        <v>589</v>
+      </c>
+      <c r="E94" t="s">
+        <v>591</v>
+      </c>
+      <c r="F94" t="s">
+        <v>592</v>
+      </c>
+      <c r="G94" t="s" s="3">
+        <v>593</v>
+      </c>
+      <c r="H94" t="s">
+        <v>18</v>
+      </c>
+      <c r="I94" t="s">
+        <v>19</v>
+      </c>
+      <c r="J94" t="s">
+        <v>594</v>
+      </c>
+      <c r="K94" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="94"/>
-[...4 lines deleted...]
-    </row>
+    <row r="95"/>
     <row r="96">
-      <c r="A96" t="s">
-[...17 lines deleted...]
-      <c r="G96" t="s" s="3">
+      <c r="A96" t="s" s="1">
         <v>595</v>
-      </c>
-[...10 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
+        <v>596</v>
+      </c>
+      <c r="B97" t="s">
+        <v>597</v>
+      </c>
+      <c r="C97" t="s">
         <v>598</v>
       </c>
-      <c r="B97" t="s">
-[...2 lines deleted...]
-      <c r="C97" t="s">
+      <c r="D97" t="s">
+        <v>596</v>
+      </c>
+      <c r="E97" t="s">
         <v>599</v>
       </c>
-      <c r="D97" t="s">
-[...2 lines deleted...]
-      <c r="E97" t="s">
+      <c r="F97" t="s">
         <v>600</v>
       </c>
-      <c r="F97" t="s">
+      <c r="G97" t="s" s="3">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
       <c r="H97" t="s">
         <v>18</v>
       </c>
       <c r="I97" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="J97" t="s">
+        <v>602</v>
+      </c>
+      <c r="K97" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>604</v>
       </c>
       <c r="B98" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="C98" t="s">
         <v>605</v>
       </c>
       <c r="D98" t="s">
         <v>604</v>
       </c>
       <c r="E98" t="s">
         <v>606</v>
       </c>
       <c r="F98" t="s">
         <v>607</v>
       </c>
       <c r="G98" t="s" s="3">
         <v>608</v>
       </c>
       <c r="H98" t="s">
         <v>18</v>
       </c>
       <c r="I98" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="J98" t="s">
         <v>609</v>
       </c>
       <c r="K98" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>610</v>
       </c>
       <c r="B99" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="C99" t="s">
         <v>611</v>
       </c>
       <c r="D99" t="s">
         <v>610</v>
       </c>
       <c r="E99" t="s">
         <v>612</v>
       </c>
       <c r="F99" t="s">
         <v>613</v>
       </c>
       <c r="G99" t="s" s="3">
         <v>614</v>
       </c>
       <c r="H99" t="s">
         <v>18</v>
       </c>
       <c r="I99" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="J99" t="s">
         <v>615</v>
       </c>
       <c r="K99" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>616</v>
       </c>
       <c r="B100" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="C100" t="s">
         <v>617</v>
       </c>
       <c r="D100" t="s">
         <v>616</v>
       </c>
       <c r="E100" t="s">
         <v>618</v>
       </c>
       <c r="F100" t="s">
         <v>619</v>
       </c>
       <c r="G100" t="s" s="3">
         <v>620</v>
       </c>
       <c r="H100" t="s">
         <v>18</v>
       </c>
       <c r="I100" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="J100" t="s">
         <v>621</v>
       </c>
       <c r="K100" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>622</v>
       </c>
       <c r="B101" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="C101" t="s">
         <v>623</v>
       </c>
       <c r="D101" t="s">
         <v>622</v>
       </c>
       <c r="E101" t="s">
         <v>624</v>
       </c>
       <c r="F101" t="s">
         <v>625</v>
       </c>
       <c r="G101" t="s" s="3">
         <v>626</v>
       </c>
       <c r="H101" t="s">
+        <v>18</v>
+      </c>
+      <c r="I101" t="s">
+        <v>526</v>
+      </c>
+      <c r="J101" t="s">
         <v>627</v>
       </c>
-      <c r="I101" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K101" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
+        <v>628</v>
+      </c>
+      <c r="B102" t="s">
+        <v>597</v>
+      </c>
+      <c r="C102" t="s">
+        <v>629</v>
+      </c>
+      <c r="D102" t="s">
+        <v>628</v>
+      </c>
+      <c r="E102" t="s">
         <v>630</v>
       </c>
-      <c r="B102" t="s">
-[...2 lines deleted...]
-      <c r="C102" t="s">
+      <c r="F102" t="s">
         <v>631</v>
       </c>
-      <c r="D102" t="s">
-[...2 lines deleted...]
-      <c r="E102" t="s">
+      <c r="G102" t="s" s="3">
         <v>632</v>
       </c>
-      <c r="F102" t="s">
+      <c r="H102" t="s">
         <v>633</v>
       </c>
-      <c r="G102" t="s" s="3">
+      <c r="I102" t="s">
         <v>634</v>
       </c>
-      <c r="H102" t="s">
+      <c r="J102" t="s">
         <v>635</v>
       </c>
-      <c r="I102" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K102" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
+        <v>636</v>
+      </c>
+      <c r="B103" t="s">
+        <v>597</v>
+      </c>
+      <c r="C103" t="s">
         <v>637</v>
       </c>
-      <c r="B103" t="s">
-[...2 lines deleted...]
-      <c r="C103" t="s">
+      <c r="D103" t="s">
+        <v>636</v>
+      </c>
+      <c r="E103" t="s">
         <v>638</v>
       </c>
-      <c r="D103" t="s">
-[...2 lines deleted...]
-      <c r="E103" t="s">
+      <c r="F103" t="s">
         <v>639</v>
       </c>
-      <c r="F103" t="s">
+      <c r="G103" t="s" s="3">
         <v>640</v>
       </c>
-      <c r="G103" t="s" s="3">
+      <c r="H103" t="s">
         <v>641</v>
       </c>
-      <c r="H103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I103" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="J103" t="s">
         <v>642</v>
       </c>
       <c r="K103" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>643</v>
+      </c>
+      <c r="B104" t="s">
         <v>597</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="A105" t="s" s="1">
+      <c r="C104" t="s">
+        <v>644</v>
+      </c>
+      <c r="D104" t="s">
         <v>643</v>
       </c>
-    </row>
+      <c r="E104" t="s">
+        <v>645</v>
+      </c>
+      <c r="F104" t="s">
+        <v>646</v>
+      </c>
+      <c r="G104" t="s" s="3">
+        <v>647</v>
+      </c>
+      <c r="H104" t="s">
+        <v>18</v>
+      </c>
+      <c r="I104" t="s">
+        <v>526</v>
+      </c>
+      <c r="J104" t="s">
+        <v>648</v>
+      </c>
+      <c r="K104" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="105"/>
     <row r="106">
-      <c r="A106" t="s">
-[...14 lines deleted...]
-      <c r="F106" t="s">
+      <c r="A106" t="s" s="1">
         <v>649</v>
-      </c>
-[...13 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
+        <v>650</v>
+      </c>
+      <c r="B107" t="s">
+        <v>651</v>
+      </c>
+      <c r="C107" t="s">
+        <v>652</v>
+      </c>
+      <c r="D107" t="s">
         <v>653</v>
       </c>
-      <c r="B107" t="s">
-[...2 lines deleted...]
-      <c r="C107" t="s">
+      <c r="E107" t="s">
         <v>654</v>
       </c>
-      <c r="D107" t="s">
+      <c r="F107" t="s">
         <v>655</v>
       </c>
-      <c r="E107" t="s">
+      <c r="G107" t="s" s="3">
         <v>656</v>
       </c>
-      <c r="F107" t="s">
+      <c r="H107" t="s">
+        <v>45</v>
+      </c>
+      <c r="I107" t="s">
+        <v>526</v>
+      </c>
+      <c r="J107" t="s">
         <v>657</v>
       </c>
-      <c r="G107" t="s" s="3">
+      <c r="K107" t="s">
         <v>658</v>
-      </c>
-[...10 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
+        <v>659</v>
+      </c>
+      <c r="B108" t="s">
+        <v>651</v>
+      </c>
+      <c r="C108" t="s">
         <v>660</v>
       </c>
-      <c r="B108" t="s">
-[...2 lines deleted...]
-      <c r="C108" t="s">
+      <c r="D108" t="s">
         <v>661</v>
       </c>
-      <c r="D108" t="s">
+      <c r="E108" t="s">
         <v>662</v>
       </c>
-      <c r="E108" t="s">
+      <c r="F108" t="s">
         <v>663</v>
       </c>
-      <c r="F108" t="s">
+      <c r="G108" t="s" s="3">
         <v>664</v>
       </c>
-      <c r="G108" t="s" s="3">
+      <c r="H108" t="s">
+        <v>37</v>
+      </c>
+      <c r="I108" t="s">
+        <v>526</v>
+      </c>
+      <c r="J108" t="s">
         <v>665</v>
       </c>
-      <c r="H108" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K108" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="B109" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="C109" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="D109" t="s">
         <v>668</v>
       </c>
       <c r="E109" t="s">
+        <v>669</v>
+      </c>
+      <c r="F109" t="s">
         <v>670</v>
       </c>
-      <c r="F109" t="s">
+      <c r="G109" t="s" s="3">
         <v>671</v>
       </c>
-      <c r="G109" t="s" s="3">
+      <c r="H109" t="s">
+        <v>45</v>
+      </c>
+      <c r="I109" t="s">
         <v>672</v>
-      </c>
-[...4 lines deleted...]
-        <v>495</v>
       </c>
       <c r="J109" t="s">
         <v>673</v>
+      </c>
+      <c r="K109" t="s">
+        <v>658</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>674</v>
       </c>
       <c r="B110" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="C110" t="s">
         <v>675</v>
       </c>
       <c r="D110" t="s">
         <v>674</v>
       </c>
       <c r="E110" t="s">
         <v>676</v>
       </c>
       <c r="F110" t="s">
         <v>677</v>
       </c>
       <c r="G110" t="s" s="3">
         <v>678</v>
       </c>
       <c r="H110" t="s">
-        <v>45</v>
+        <v>113</v>
       </c>
       <c r="I110" t="s">
-        <v>520</v>
+        <v>501</v>
       </c>
       <c r="J110" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>680</v>
       </c>
       <c r="B111" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="C111" t="s">
         <v>681</v>
       </c>
       <c r="D111" t="s">
         <v>680</v>
       </c>
       <c r="E111" t="s">
         <v>682</v>
       </c>
       <c r="F111" t="s">
         <v>683</v>
       </c>
       <c r="G111" t="s" s="3">
         <v>684</v>
       </c>
       <c r="H111" t="s">
         <v>45</v>
       </c>
       <c r="I111" t="s">
-        <v>666</v>
+        <v>526</v>
       </c>
       <c r="J111" t="s">
         <v>685</v>
       </c>
       <c r="K111" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>686</v>
       </c>
       <c r="B112" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="C112" t="s">
         <v>687</v>
       </c>
       <c r="D112" t="s">
         <v>686</v>
       </c>
       <c r="E112" t="s">
         <v>688</v>
       </c>
       <c r="F112" t="s">
         <v>689</v>
       </c>
       <c r="G112" t="s" s="3">
         <v>690</v>
       </c>
       <c r="H112" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="I112" t="s">
-        <v>520</v>
+        <v>672</v>
       </c>
       <c r="J112" t="s">
         <v>691</v>
       </c>
       <c r="K112" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>692</v>
       </c>
       <c r="B113" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="C113" t="s">
         <v>693</v>
       </c>
       <c r="D113" t="s">
         <v>692</v>
       </c>
       <c r="E113" t="s">
         <v>694</v>
       </c>
       <c r="F113" t="s">
         <v>695</v>
       </c>
       <c r="G113" t="s" s="3">
         <v>696</v>
       </c>
       <c r="H113" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="I113" t="s">
-        <v>666</v>
+        <v>526</v>
       </c>
       <c r="J113" t="s">
         <v>697</v>
       </c>
       <c r="K113" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>698</v>
       </c>
       <c r="B114" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="C114" t="s">
         <v>699</v>
       </c>
       <c r="D114" t="s">
         <v>698</v>
       </c>
       <c r="E114" t="s">
         <v>700</v>
       </c>
       <c r="F114" t="s">
         <v>701</v>
       </c>
       <c r="G114" t="s" s="3">
         <v>702</v>
       </c>
       <c r="H114" t="s">
+        <v>45</v>
+      </c>
+      <c r="I114" t="s">
+        <v>672</v>
+      </c>
+      <c r="J114" t="s">
         <v>703</v>
       </c>
-      <c r="I114" t="s">
-[...3 lines deleted...]
-        <v>704</v>
+      <c r="K114" t="s">
+        <v>658</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
+        <v>704</v>
+      </c>
+      <c r="B115" t="s">
+        <v>651</v>
+      </c>
+      <c r="C115" t="s">
         <v>705</v>
       </c>
-      <c r="B115" t="s">
-[...2 lines deleted...]
-      <c r="C115" t="s">
+      <c r="D115" t="s">
+        <v>704</v>
+      </c>
+      <c r="E115" t="s">
         <v>706</v>
       </c>
-      <c r="D115" t="s">
+      <c r="F115" t="s">
         <v>707</v>
       </c>
-      <c r="E115" t="s">
+      <c r="G115" t="s" s="3">
         <v>708</v>
       </c>
-      <c r="F115" t="s">
+      <c r="H115" t="s">
         <v>709</v>
       </c>
-      <c r="G115" t="s" s="3">
+      <c r="I115" t="s">
+        <v>672</v>
+      </c>
+      <c r="J115" t="s">
         <v>710</v>
-      </c>
-[...10 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
+        <v>711</v>
+      </c>
+      <c r="B116" t="s">
+        <v>651</v>
+      </c>
+      <c r="C116" t="s">
         <v>712</v>
       </c>
-      <c r="B116" t="s">
-[...2 lines deleted...]
-      <c r="C116" t="s">
+      <c r="D116" t="s">
         <v>713</v>
       </c>
-      <c r="D116" t="s">
+      <c r="E116" t="s">
         <v>714</v>
       </c>
-      <c r="E116" t="s">
+      <c r="F116" t="s">
         <v>715</v>
-      </c>
-[...1 lines deleted...]
-        <v>420724118578</v>
       </c>
       <c r="G116" t="s" s="3">
         <v>716</v>
       </c>
       <c r="H116" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="I116" t="s">
-        <v>666</v>
+        <v>29</v>
       </c>
       <c r="J116" t="s">
         <v>717</v>
       </c>
       <c r="K116" t="s">
-        <v>652</v>
+        <v>658</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>718</v>
+      </c>
+      <c r="B117" t="s">
+        <v>651</v>
+      </c>
+      <c r="C117" t="s">
+        <v>719</v>
+      </c>
+      <c r="D117" t="s">
+        <v>720</v>
+      </c>
+      <c r="E117" t="s">
+        <v>721</v>
+      </c>
+      <c r="F117" s="4">
+        <v>420724118578</v>
+      </c>
+      <c r="G117" t="s" s="3">
+        <v>722</v>
+      </c>
+      <c r="H117" t="s">
+        <v>45</v>
+      </c>
+      <c r="I117" t="s">
+        <v>672</v>
+      </c>
+      <c r="J117" t="s">
+        <v>723</v>
+      </c>
+      <c r="K117" t="s">
+        <v>658</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G4" r:id="rId1" location="" display="mailto:bialapodlaska@autos.com.pl"/>
     <hyperlink ref="G5" r:id="rId2" location="" display="mailto:bialystok@autos.com.pl"/>
     <hyperlink ref="G6" r:id="rId3" location="" display="mailto:bielsk@autos.com.pl"/>
     <hyperlink ref="G7" r:id="rId4" location="" display="mailto:bielskobiala@autos.com.pl"/>
     <hyperlink ref="G8" r:id="rId5" location="" display="mailto:bierun@autos.com.pl"/>
     <hyperlink ref="G9" r:id="rId6" location="" display="mailto:boleslawiec@autos.com.pl"/>
     <hyperlink ref="G10" r:id="rId7" location="" display="mailto:brodnica@autos.com.pl"/>
     <hyperlink ref="G11" r:id="rId8" location="" display="mailto:bydgoszcz@autos.com.pl"/>
     <hyperlink ref="G12" r:id="rId9" location="" display="mailto:chojnice@autos.com.pl"/>
     <hyperlink ref="G13" r:id="rId10" location="" display="mailto:ciechanow@autos.com.pl"/>
     <hyperlink ref="G14" r:id="rId11" location="" display="mailto:czestochowa@autos.com.pl"/>
     <hyperlink ref="G15" r:id="rId12" location="" display="mailto:dabrowa@autos.com.pl"/>
     <hyperlink ref="G16" r:id="rId13" location="" display="mailto:dzialdowo@autos.com.pl"/>
     <hyperlink ref="G17" r:id="rId14" location="" display="mailto:elblag@autos.com.pl"/>
     <hyperlink ref="G18" r:id="rId15" location="" display="mailto:elk@autos.com.pl"/>
     <hyperlink ref="G19" r:id="rId16" location="" display="mailto:garwolin@autos.com.pl"/>
     <hyperlink ref="G20" r:id="rId17" location="" display="mailto:gdansk@autos.com.pl"/>
     <hyperlink ref="G21" r:id="rId18" location="" display="mailto:gdynia@autos.com.pl"/>
     <hyperlink ref="G22" r:id="rId19" location="" display="mailto:gniezno@autos.com.pl"/>
     <hyperlink ref="G23" r:id="rId20" location="" display="mailto:gorzow@autos.com.pl"/>
     <hyperlink ref="G24" r:id="rId21" location="" display="mailto:grodzisk@autos.com.pl"/>
     <hyperlink ref="G25" r:id="rId22" location="" display="mailto:grojec@autos.com.pl"/>
     <hyperlink ref="G26" r:id="rId23" location="" display="mailto:grudziadz@autos.com.pl"/>
     <hyperlink ref="G27" r:id="rId24" location="" display="mailto:inowroclaw@autos.com.pl"/>
     <hyperlink ref="G28" r:id="rId25" location="" display="mailto:jarocin@autos.com.pl"/>
     <hyperlink ref="G29" r:id="rId26" location="" display="mailto:jaroslaw@autos.com.pl"/>
     <hyperlink ref="G30" r:id="rId27" location="" display="mailto:jeleniagora@autos.com.pl"/>
     <hyperlink ref="G31" r:id="rId28" location="" display="mailto:kalisz@autos.com.pl"/>
     <hyperlink ref="G32" r:id="rId29" location="" display="mailto:katowice@autos.com.pl"/>
     <hyperlink ref="G33" r:id="rId30" location="" display="mailto:kedzierzyn@autos.com.pl"/>
     <hyperlink ref="G34" r:id="rId31" location="" display="mailto:kepno@autos.com.pl"/>
     <hyperlink ref="G35" r:id="rId32" location="" display="mailto:kielce@autos.com.pl"/>
     <hyperlink ref="G36" r:id="rId33" location="" display="mailto:kluczbork@autos.com.pl"/>
     <hyperlink ref="G37" r:id="rId34" location="" display="mailto:kolo@autos.com.pl"/>
     <hyperlink ref="G38" r:id="rId35" location="" display="mailto:konin@autos.com.pl"/>
     <hyperlink ref="G39" r:id="rId36" location="" display="mailto:koszalin@autos.com.pl"/>
     <hyperlink ref="G40" r:id="rId37" location="" display="mailto:koscierzyna@autos.com.pl"/>
     <hyperlink ref="G41" r:id="rId38" location="" display="mailto:krakow@autos.com.pl"/>
     <hyperlink ref="G42" r:id="rId39" location="" display="mailto:krosno@autos.com.pl"/>
     <hyperlink ref="G43" r:id="rId40" location="" display="mailto:kwidzyn@autos.com.pl"/>
     <hyperlink ref="G44" r:id="rId41" location="" display="mailto:legionowo@autos.com.pl"/>
-    <hyperlink ref="G45" r:id="rId42" location="" display="mailto:lisiogon@autos.com.pl"/>
-[...66 lines deleted...]
-    <hyperlink ref="G116" r:id="rId109" location="" display="mailto:j.riha@autos.com.pl"/>
+    <hyperlink ref="G45" r:id="rId42" location="" display="mailto:leszno@autos.com.pl"/>
+    <hyperlink ref="G46" r:id="rId43" location="" display="mailto:lisiogon@autos.com.pl"/>
+    <hyperlink ref="G47" r:id="rId44" location="" display="mailto:lubin@autos.com.pl"/>
+    <hyperlink ref="G48" r:id="rId45" location="" display="mailto:lublin@autos.com.pl"/>
+    <hyperlink ref="G49" r:id="rId46" location="" display="mailto:lazy@autos.com.pl"/>
+    <hyperlink ref="G50" r:id="rId47" location="" display="mailto:lowicz@autos.com.pl"/>
+    <hyperlink ref="G51" r:id="rId48" location="" display="mailto:lodz@autos.com.pl"/>
+    <hyperlink ref="G52" r:id="rId49" location="" display="mailto:milicz@autos.com.pl"/>
+    <hyperlink ref="G53" r:id="rId50" location="" display="mailto:minsk.mazowiecki@autos.com.pl"/>
+    <hyperlink ref="G54" r:id="rId51" location="" display="mailto:nowysacz@autos.com.pl"/>
+    <hyperlink ref="G55" r:id="rId52" location="" display="mailto:nowytarg@autos.com.pl"/>
+    <hyperlink ref="G56" r:id="rId53" location="" display="mailto:olesnica@autos.com.pl"/>
+    <hyperlink ref="G57" r:id="rId54" location="" display="mailto:olsztyn@autos.com.pl"/>
+    <hyperlink ref="G58" r:id="rId55" location="" display="mailto:opole@autos.com.pl"/>
+    <hyperlink ref="G59" r:id="rId56" location="" display="mailto:ostroleka@autos.com.pl"/>
+    <hyperlink ref="G60" r:id="rId57" location="" display="mailto:ostrow@autos.com.pl"/>
+    <hyperlink ref="G61" r:id="rId58" location="" display="mailto:ostrow.wielkopolski@autos.com.pl"/>
+    <hyperlink ref="G62" r:id="rId59" location="" display="mailto:pila@autos.com.pl"/>
+    <hyperlink ref="G63" r:id="rId60" location="" display="mailto:piotrkow@autos.com.pl"/>
+    <hyperlink ref="G64" r:id="rId61" location="" display="mailto:plock@autos.com.pl"/>
+    <hyperlink ref="G65" r:id="rId62" location="" display="mailto:plonsk@autos.com.pl"/>
+    <hyperlink ref="G66" r:id="rId63" location="" display="mailto:poznan-a@autos.com.pl"/>
+    <hyperlink ref="G67" r:id="rId64" location="" display="mailto:przasnysz@autos.com.pl"/>
+    <hyperlink ref="G68" r:id="rId65" location="" display="mailto:pulawy@autos.com.pl"/>
+    <hyperlink ref="G69" r:id="rId66" location="" display="mailto:radom@autos.com.pl"/>
+    <hyperlink ref="G70" r:id="rId67" location="" display="mailto:rudzienice@autos.com.pl"/>
+    <hyperlink ref="G71" r:id="rId68" location="" display="mailto:rzeszow@autos.com.pl"/>
+    <hyperlink ref="G72" r:id="rId69" location="" display="mailto:rzgow@autos.com.pl"/>
+    <hyperlink ref="G73" r:id="rId70" location="" display="mailto:sandomierz@autos.com.pl"/>
+    <hyperlink ref="G74" r:id="rId71" location="" display="mailto:siedlce@autos.com.pl"/>
+    <hyperlink ref="G75" r:id="rId72" location="" display="mailto:skawina@autos.com.pl"/>
+    <hyperlink ref="G76" r:id="rId73" location="" display="mailto:slupsk@autos.com.pl"/>
+    <hyperlink ref="G77" r:id="rId74" location="" display="mailto:sochaczew@autos.com.pl"/>
+    <hyperlink ref="G78" r:id="rId75" location="" display="mailto:sokolow.podlaski@autos.com.pl"/>
+    <hyperlink ref="G79" r:id="rId76" location="" display="mailto:solec@autos.com.pl"/>
+    <hyperlink ref="G80" r:id="rId77" location="" display="mailto:stargard@autos.com.pl"/>
+    <hyperlink ref="G81" r:id="rId78" location="" display="mailto:starogard@autos.com.pl"/>
+    <hyperlink ref="G82" r:id="rId79" location="" display="mailto:szczecin@autos.com.pl"/>
+    <hyperlink ref="G83" r:id="rId80" location="" display="mailto:szczecinek@autos.com.pl"/>
+    <hyperlink ref="G84" r:id="rId81" location="" display="mailto:tarnow@autos.com.pl"/>
+    <hyperlink ref="G85" r:id="rId82" location="" display="mailto:tomaszowlubelski@autos.com.pl"/>
+    <hyperlink ref="G86" r:id="rId83" location="" display="mailto:torun@autos.com.pl"/>
+    <hyperlink ref="G87" r:id="rId84" location="" display="mailto:wloclawek.sklep@autos.com.pl"/>
+    <hyperlink ref="G88" r:id="rId85" location="" display="mailto:wroclaw@autos.com.pl"/>
+    <hyperlink ref="G89" r:id="rId86" location="" display="mailto:wyszkow@autos.com.pl"/>
+    <hyperlink ref="G90" r:id="rId87" location="" display="mailto:zabrze@autos.com.pl"/>
+    <hyperlink ref="G91" r:id="rId88" location="" display="mailto:zamosc@autos.com.pl"/>
+    <hyperlink ref="G92" r:id="rId89" location="" display="mailto:zielonagora@autos.com.pl"/>
+    <hyperlink ref="G93" r:id="rId90" location="" display="mailto:zary@autos.com.pl"/>
+    <hyperlink ref="G94" r:id="rId91" location="" display="mailto:znin@autos.com.pl"/>
+    <hyperlink ref="G97" r:id="rId92" location="" display="mailto:kosice@autos.sk"/>
+    <hyperlink ref="G98" r:id="rId93" location="" display="mailto:levice@autos.sk"/>
+    <hyperlink ref="G99" r:id="rId94" location="" display="mailto:poprad@autos.sk"/>
+    <hyperlink ref="G100" r:id="rId95" location="" display="mailto:presov@autos.sk"/>
+    <hyperlink ref="G101" r:id="rId96" location="" display="mailto:prievidza@autos.sk"/>
+    <hyperlink ref="G102" r:id="rId97" location="" display="mailto:trencin@autos.sk"/>
+    <hyperlink ref="G103" r:id="rId98" location="" display="mailto:trnava@autos.sk"/>
+    <hyperlink ref="G104" r:id="rId99" location="" display="mailto:zilina@autos.sk"/>
+    <hyperlink ref="G107" r:id="rId100" location="" display="mailto:breclav@autos.com.pl"/>
+    <hyperlink ref="G108" r:id="rId101" location="" display="mailto:vary@autos.com.pl"/>
+    <hyperlink ref="G109" r:id="rId102" location="" display="mailto:kolin@autos.com.pl"/>
+    <hyperlink ref="G110" r:id="rId103" location="" display="mailto:litomysl@autos.com.pl"/>
+    <hyperlink ref="G111" r:id="rId104" location="" display="mailto:olomouc@autos.com.pl"/>
+    <hyperlink ref="G112" r:id="rId105" location="" display="mailto:senov@autos.com.pl"/>
+    <hyperlink ref="G113" r:id="rId106" location="" display="mailto:slusovice@autos.com.pl"/>
+    <hyperlink ref="G114" r:id="rId107" location="" display="mailto:sumperk@autos.com.pl"/>
+    <hyperlink ref="G115" r:id="rId108" location="" display="mailto:trebic@autos.com.pl"/>
+    <hyperlink ref="G116" r:id="rId109" location="" display="mailto:autos@autos.com.pl"/>
+    <hyperlink ref="G117" r:id="rId110" location="" display="mailto:j.riha@autos.com.pl"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>