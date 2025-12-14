--- v2 (2025-11-15)
+++ v3 (2025-12-14)
@@ -498,51 +498,51 @@
   <si>
     <t>05-825</t>
   </si>
   <si>
     <t>ul. Królewska 77</t>
   </si>
   <si>
     <t>+48 22 723 75 85</t>
   </si>
   <si>
     <t>grodzisk@autos.com.pl</t>
   </si>
   <si>
     <t>52.106215000000000, 20.637817000000000</t>
   </si>
   <si>
     <t>Grójec</t>
   </si>
   <si>
     <t>05-600</t>
   </si>
   <si>
     <t>Armii Krajowej 47</t>
   </si>
   <si>
-    <t>+48 22 797 38 65; +48 723 686 980</t>
+    <t>+48 723 686 980</t>
   </si>
   <si>
     <t>grojec@autos.com.pl</t>
   </si>
   <si>
     <t>51.880512693803674, 20.862832880950947</t>
   </si>
   <si>
     <t>Grudziądz</t>
   </si>
   <si>
     <t>86-300</t>
   </si>
   <si>
     <t>ul. Droga Mazowiecka 1F</t>
   </si>
   <si>
     <t>+48 56 644 06 67</t>
   </si>
   <si>
     <t>grudziadz@autos.com.pl</t>
   </si>
   <si>
     <t>07:00 - 12:00</t>
   </si>
@@ -960,51 +960,51 @@
   <si>
     <t>20-329</t>
   </si>
   <si>
     <t>ul. Chemiczna 7</t>
   </si>
   <si>
     <t>+48 81 441 02 35</t>
   </si>
   <si>
     <t>lublin@autos.com.pl</t>
   </si>
   <si>
     <t>51.236780000000000, 22.600631000000000</t>
   </si>
   <si>
     <t>Łazy</t>
   </si>
   <si>
     <t>05-552</t>
   </si>
   <si>
     <t>ul. Aleja Krakowska 179 A</t>
   </si>
   <si>
-    <t>+48 22 797 38 65; +48 22 797 38 64</t>
+    <t>+48 22 797 38 64</t>
   </si>
   <si>
     <t>lazy@autos.com.pl</t>
   </si>
   <si>
     <t>52.075363000000000, 20.874884000000000</t>
   </si>
   <si>
     <t>Łowicz</t>
   </si>
   <si>
     <t>łódzkie</t>
   </si>
   <si>
     <t>99-400</t>
   </si>
   <si>
     <t>Katarzynów 46</t>
   </si>
   <si>
     <t>+48 46 830 08 51</t>
   </si>
   <si>
     <t>lowicz@autos.com.pl</t>
   </si>