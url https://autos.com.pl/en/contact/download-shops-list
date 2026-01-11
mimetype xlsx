--- v3 (2025-12-14)
+++ v4 (2026-01-11)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Autos shop list" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="724" uniqueCount="724">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="722" uniqueCount="722">
   <si>
     <t>Shop name</t>
   </si>
   <si>
     <t>Voivodeship</t>
   </si>
   <si>
     <t>Zip code</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Work hours Monday-Friday</t>
   </si>
   <si>
@@ -789,51 +789,51 @@
   <si>
     <t>75-129</t>
   </si>
   <si>
     <t>ul. Mieszka I 14</t>
   </si>
   <si>
     <t>+48 94 346 15 42</t>
   </si>
   <si>
     <t>koszalin@autos.com.pl</t>
   </si>
   <si>
     <t>54.19106704489039, 16.158819121192934</t>
   </si>
   <si>
     <t>Kościerzyna</t>
   </si>
   <si>
     <t>83-400</t>
   </si>
   <si>
     <t>Dworcowa 41</t>
   </si>
   <si>
-    <t>+48 734 820 816</t>
+    <t>+48 734 820 816; +48 734 824 845; +48 734 820 810</t>
   </si>
   <si>
     <t>koscierzyna@autos.com.pl</t>
   </si>
   <si>
     <t>54.11672193739452, 17.99573395082302</t>
   </si>
   <si>
     <t>Kraków</t>
   </si>
   <si>
     <t>małopolskie</t>
   </si>
   <si>
     <t>31-580</t>
   </si>
   <si>
     <t>ul. Nowohucka 11</t>
   </si>
   <si>
     <t>+48 12 644 05 47</t>
   </si>
   <si>
     <t>krakow@autos.com.pl</t>
   </si>
@@ -2028,53 +2028,50 @@
   <si>
     <t>vary@autos.com.pl</t>
   </si>
   <si>
     <t>50.252066799999990, 12.890787999999930</t>
   </si>
   <si>
     <t>Kolin/Hradec Kralove</t>
   </si>
   <si>
     <t>280 02</t>
   </si>
   <si>
     <t>Štáralka</t>
   </si>
   <si>
     <t>Nebovidy 1</t>
   </si>
   <si>
     <t>+420 725 548 790; +420 607 627 425; +420 725 548 798</t>
   </si>
   <si>
     <t>kolin@autos.com.pl</t>
   </si>
   <si>
-    <t>09:00 - 12:00</t>
-[...1 lines deleted...]
-  <si>
     <t>50.002409000000000, 15.237907000000000</t>
   </si>
   <si>
     <t>Litomyšl</t>
   </si>
   <si>
     <t>570 01</t>
   </si>
   <si>
     <t>Trstěnická 932</t>
   </si>
   <si>
     <t>+420 739 983 192</t>
   </si>
   <si>
     <t>litomysl@autos.com.pl</t>
   </si>
   <si>
     <t>49.86076330773505, 16.32770683421061</t>
   </si>
   <si>
     <t>Olomouc</t>
   </si>
   <si>
     <t>783 01</t>
@@ -2137,53 +2134,50 @@
     <t>Uničovská 370/19</t>
   </si>
   <si>
     <t>+420 774 078 873; +420 601 373 698</t>
   </si>
   <si>
     <t>sumperk@autos.com.pl</t>
   </si>
   <si>
     <t>49.958554000000000, 16.991547000000000</t>
   </si>
   <si>
     <t>Třebíč</t>
   </si>
   <si>
     <t>674 01</t>
   </si>
   <si>
     <t>Dvořeckého 18/3</t>
   </si>
   <si>
     <t>+420 602 723 758; +420 603 179 858</t>
   </si>
   <si>
     <t>trebic@autos.com.pl</t>
-  </si>
-[...1 lines deleted...]
-    <t>09:00 - 17:00</t>
   </si>
   <si>
     <t>49.21325650806503, 15.881060743861743</t>
   </si>
   <si>
     <t>Uherské HradIšté</t>
   </si>
   <si>
     <t>686 03</t>
   </si>
   <si>
     <t>Staré Mìsto</t>
   </si>
   <si>
     <t>Tovární 884</t>
   </si>
   <si>
     <t>+420 737 109 797</t>
   </si>
   <si>
     <t>autos@autos.com.pl</t>
   </si>
   <si>
     <t>49.078457000000000, 17.427622000000000</t>
   </si>
@@ -5275,51 +5269,51 @@
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>541</v>
       </c>
       <c r="B86" t="s">
         <v>61</v>
       </c>
       <c r="C86" t="s" s="2">
         <v>542</v>
       </c>
       <c r="D86" t="s">
         <v>541</v>
       </c>
       <c r="E86" t="s">
         <v>543</v>
       </c>
       <c r="F86" t="s">
         <v>544</v>
       </c>
       <c r="G86" t="s" s="3">
         <v>545</v>
       </c>
       <c r="H86" t="s">
-        <v>18</v>
+        <v>113</v>
       </c>
       <c r="I86" t="s">
         <v>19</v>
       </c>
       <c r="J86" t="s">
         <v>546</v>
       </c>
       <c r="K86" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>547</v>
       </c>
       <c r="B87" t="s">
         <v>61</v>
       </c>
       <c r="C87" t="s" s="2">
         <v>548</v>
       </c>
       <c r="D87" t="s">
         <v>547</v>
       </c>
       <c r="E87" t="s">
@@ -5882,401 +5876,401 @@
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>650</v>
       </c>
       <c r="B107" t="s">
         <v>651</v>
       </c>
       <c r="C107" t="s">
         <v>652</v>
       </c>
       <c r="D107" t="s">
         <v>653</v>
       </c>
       <c r="E107" t="s">
         <v>654</v>
       </c>
       <c r="F107" t="s">
         <v>655</v>
       </c>
       <c r="G107" t="s" s="3">
         <v>656</v>
       </c>
       <c r="H107" t="s">
-        <v>45</v>
+        <v>113</v>
       </c>
       <c r="I107" t="s">
-        <v>526</v>
+        <v>501</v>
       </c>
       <c r="J107" t="s">
         <v>657</v>
       </c>
       <c r="K107" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>659</v>
       </c>
       <c r="B108" t="s">
         <v>651</v>
       </c>
       <c r="C108" t="s">
         <v>660</v>
       </c>
       <c r="D108" t="s">
         <v>661</v>
       </c>
       <c r="E108" t="s">
         <v>662</v>
       </c>
       <c r="F108" t="s">
         <v>663</v>
       </c>
       <c r="G108" t="s" s="3">
         <v>664</v>
       </c>
       <c r="H108" t="s">
-        <v>37</v>
+        <v>113</v>
       </c>
       <c r="I108" t="s">
         <v>526</v>
       </c>
       <c r="J108" t="s">
         <v>665</v>
       </c>
       <c r="K108" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>666</v>
       </c>
       <c r="B109" t="s">
         <v>651</v>
       </c>
       <c r="C109" t="s">
         <v>667</v>
       </c>
       <c r="D109" t="s">
         <v>668</v>
       </c>
       <c r="E109" t="s">
         <v>669</v>
       </c>
       <c r="F109" t="s">
         <v>670</v>
       </c>
       <c r="G109" t="s" s="3">
         <v>671</v>
       </c>
       <c r="H109" t="s">
-        <v>45</v>
+        <v>113</v>
       </c>
       <c r="I109" t="s">
+        <v>526</v>
+      </c>
+      <c r="J109" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>673</v>
       </c>
       <c r="K109" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="B110" t="s">
         <v>651</v>
       </c>
       <c r="C110" t="s">
+        <v>674</v>
+      </c>
+      <c r="D110" t="s">
+        <v>673</v>
+      </c>
+      <c r="E110" t="s">
         <v>675</v>
       </c>
-      <c r="D110" t="s">
-[...2 lines deleted...]
-      <c r="E110" t="s">
+      <c r="F110" t="s">
         <v>676</v>
       </c>
-      <c r="F110" t="s">
+      <c r="G110" t="s" s="3">
         <v>677</v>
-      </c>
-[...1 lines deleted...]
-        <v>678</v>
       </c>
       <c r="H110" t="s">
         <v>113</v>
       </c>
       <c r="I110" t="s">
         <v>501</v>
       </c>
       <c r="J110" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="B111" t="s">
         <v>651</v>
       </c>
       <c r="C111" t="s">
+        <v>680</v>
+      </c>
+      <c r="D111" t="s">
+        <v>679</v>
+      </c>
+      <c r="E111" t="s">
         <v>681</v>
       </c>
-      <c r="D111" t="s">
-[...2 lines deleted...]
-      <c r="E111" t="s">
+      <c r="F111" t="s">
         <v>682</v>
       </c>
-      <c r="F111" t="s">
+      <c r="G111" t="s" s="3">
         <v>683</v>
       </c>
-      <c r="G111" t="s" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="H111" t="s">
-        <v>45</v>
+        <v>113</v>
       </c>
       <c r="I111" t="s">
         <v>526</v>
       </c>
       <c r="J111" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="K111" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="B112" t="s">
         <v>651</v>
       </c>
       <c r="C112" t="s">
+        <v>686</v>
+      </c>
+      <c r="D112" t="s">
+        <v>685</v>
+      </c>
+      <c r="E112" t="s">
         <v>687</v>
       </c>
-      <c r="D112" t="s">
-[...2 lines deleted...]
-      <c r="E112" t="s">
+      <c r="F112" t="s">
         <v>688</v>
       </c>
-      <c r="F112" t="s">
+      <c r="G112" t="s" s="3">
         <v>689</v>
       </c>
-      <c r="G112" t="s" s="3">
+      <c r="H112" t="s">
+        <v>113</v>
+      </c>
+      <c r="I112" t="s">
+        <v>526</v>
+      </c>
+      <c r="J112" t="s">
         <v>690</v>
-      </c>
-[...7 lines deleted...]
-        <v>691</v>
       </c>
       <c r="K112" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="B113" t="s">
         <v>651</v>
       </c>
       <c r="C113" t="s">
+        <v>692</v>
+      </c>
+      <c r="D113" t="s">
+        <v>691</v>
+      </c>
+      <c r="E113" t="s">
         <v>693</v>
       </c>
-      <c r="D113" t="s">
-[...2 lines deleted...]
-      <c r="E113" t="s">
+      <c r="F113" t="s">
         <v>694</v>
       </c>
-      <c r="F113" t="s">
+      <c r="G113" t="s" s="3">
         <v>695</v>
       </c>
-      <c r="G113" t="s" s="3">
+      <c r="H113" t="s">
+        <v>113</v>
+      </c>
+      <c r="I113" t="s">
+        <v>501</v>
+      </c>
+      <c r="J113" t="s">
         <v>696</v>
-      </c>
-[...7 lines deleted...]
-        <v>697</v>
       </c>
       <c r="K113" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="B114" t="s">
         <v>651</v>
       </c>
       <c r="C114" t="s">
+        <v>698</v>
+      </c>
+      <c r="D114" t="s">
+        <v>697</v>
+      </c>
+      <c r="E114" t="s">
         <v>699</v>
       </c>
-      <c r="D114" t="s">
-[...2 lines deleted...]
-      <c r="E114" t="s">
+      <c r="F114" t="s">
         <v>700</v>
       </c>
-      <c r="F114" t="s">
+      <c r="G114" t="s" s="3">
         <v>701</v>
       </c>
-      <c r="G114" t="s" s="3">
+      <c r="H114" t="s">
+        <v>113</v>
+      </c>
+      <c r="I114" t="s">
+        <v>526</v>
+      </c>
+      <c r="J114" t="s">
         <v>702</v>
-      </c>
-[...7 lines deleted...]
-        <v>703</v>
       </c>
       <c r="K114" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="B115" t="s">
         <v>651</v>
       </c>
       <c r="C115" t="s">
+        <v>704</v>
+      </c>
+      <c r="D115" t="s">
+        <v>703</v>
+      </c>
+      <c r="E115" t="s">
         <v>705</v>
       </c>
-      <c r="D115" t="s">
-[...2 lines deleted...]
-      <c r="E115" t="s">
+      <c r="F115" t="s">
         <v>706</v>
       </c>
-      <c r="F115" t="s">
+      <c r="G115" t="s" s="3">
         <v>707</v>
       </c>
-      <c r="G115" t="s" s="3">
+      <c r="H115" t="s">
+        <v>113</v>
+      </c>
+      <c r="I115" t="s">
+        <v>501</v>
+      </c>
+      <c r="J115" t="s">
         <v>708</v>
-      </c>
-[...7 lines deleted...]
-        <v>710</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="B116" t="s">
         <v>651</v>
       </c>
       <c r="C116" t="s">
+        <v>710</v>
+      </c>
+      <c r="D116" t="s">
+        <v>711</v>
+      </c>
+      <c r="E116" t="s">
         <v>712</v>
       </c>
-      <c r="D116" t="s">
+      <c r="F116" t="s">
         <v>713</v>
       </c>
-      <c r="E116" t="s">
+      <c r="G116" t="s" s="3">
         <v>714</v>
       </c>
-      <c r="F116" t="s">
+      <c r="H116" t="s">
+        <v>113</v>
+      </c>
+      <c r="I116" t="s">
+        <v>526</v>
+      </c>
+      <c r="J116" t="s">
         <v>715</v>
-      </c>
-[...10 lines deleted...]
-        <v>717</v>
       </c>
       <c r="K116" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="B117" t="s">
         <v>651</v>
       </c>
       <c r="C117" t="s">
+        <v>717</v>
+      </c>
+      <c r="D117" t="s">
+        <v>718</v>
+      </c>
+      <c r="E117" t="s">
         <v>719</v>
-      </c>
-[...4 lines deleted...]
-        <v>721</v>
       </c>
       <c r="F117" s="4">
         <v>420724118578</v>
       </c>
       <c r="G117" t="s" s="3">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="H117" t="s">
-        <v>45</v>
+        <v>113</v>
       </c>
       <c r="I117" t="s">
-        <v>672</v>
+        <v>501</v>
       </c>
       <c r="J117" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="K117" t="s">
         <v>658</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G4" r:id="rId1" location="" display="mailto:bialapodlaska@autos.com.pl"/>
     <hyperlink ref="G5" r:id="rId2" location="" display="mailto:bialystok@autos.com.pl"/>
     <hyperlink ref="G6" r:id="rId3" location="" display="mailto:bielsk@autos.com.pl"/>
     <hyperlink ref="G7" r:id="rId4" location="" display="mailto:bielskobiala@autos.com.pl"/>
     <hyperlink ref="G8" r:id="rId5" location="" display="mailto:bierun@autos.com.pl"/>
     <hyperlink ref="G9" r:id="rId6" location="" display="mailto:boleslawiec@autos.com.pl"/>
     <hyperlink ref="G10" r:id="rId7" location="" display="mailto:brodnica@autos.com.pl"/>
     <hyperlink ref="G11" r:id="rId8" location="" display="mailto:bydgoszcz@autos.com.pl"/>
     <hyperlink ref="G12" r:id="rId9" location="" display="mailto:chojnice@autos.com.pl"/>
     <hyperlink ref="G13" r:id="rId10" location="" display="mailto:ciechanow@autos.com.pl"/>
     <hyperlink ref="G14" r:id="rId11" location="" display="mailto:czestochowa@autos.com.pl"/>
     <hyperlink ref="G15" r:id="rId12" location="" display="mailto:dabrowa@autos.com.pl"/>
     <hyperlink ref="G16" r:id="rId13" location="" display="mailto:dzialdowo@autos.com.pl"/>
     <hyperlink ref="G17" r:id="rId14" location="" display="mailto:elblag@autos.com.pl"/>
     <hyperlink ref="G18" r:id="rId15" location="" display="mailto:elk@autos.com.pl"/>
     <hyperlink ref="G19" r:id="rId16" location="" display="mailto:garwolin@autos.com.pl"/>
     <hyperlink ref="G20" r:id="rId17" location="" display="mailto:gdansk@autos.com.pl"/>
     <hyperlink ref="G21" r:id="rId18" location="" display="mailto:gdynia@autos.com.pl"/>