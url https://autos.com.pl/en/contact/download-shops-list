--- v4 (2026-01-11)
+++ v5 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Autos shop list" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="722" uniqueCount="722">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="721" uniqueCount="721">
   <si>
     <t>Shop name</t>
   </si>
   <si>
     <t>Voivodeship</t>
   </si>
   <si>
     <t>Zip code</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Work hours Monday-Friday</t>
   </si>
   <si>
@@ -201,60 +201,60 @@
   <si>
     <t>59-700</t>
   </si>
   <si>
     <t>Główna 2d</t>
   </si>
   <si>
     <t>+48 75 732 82 30</t>
   </si>
   <si>
     <t>boleslawiec@autos.com.pl</t>
   </si>
   <si>
     <t>51.26061793307008, 15.609899589221174</t>
   </si>
   <si>
     <t>Brodnica</t>
   </si>
   <si>
     <t>kujawsko-pomorskie</t>
   </si>
   <si>
     <t>87-300</t>
   </si>
   <si>
-    <t>ul. Podgórna 45</t>
+    <t>Gorczenica 5D</t>
   </si>
   <si>
     <t>+48 56 491 81 92; +48 515 707 809</t>
   </si>
   <si>
     <t>brodnica@autos.com.pl</t>
   </si>
   <si>
-    <t>53.243856200000000, 19.396506899999963</t>
+    <t>53.19028888974329, 19.368784182170305</t>
   </si>
   <si>
     <t>Bydgoszcz</t>
   </si>
   <si>
     <t>85-880</t>
   </si>
   <si>
     <t>ul. Toruńska 280</t>
   </si>
   <si>
     <t>+48 52 346 68 45; +48 723 686 807</t>
   </si>
   <si>
     <t>bydgoszcz@autos.com.pl</t>
   </si>
   <si>
     <t>53.116722000000000, 18.071292000000000</t>
   </si>
   <si>
     <t>Chojnice</t>
   </si>
   <si>
     <t>pomorskie</t>
   </si>
@@ -1383,53 +1383,50 @@
   <si>
     <t>35-105</t>
   </si>
   <si>
     <t>ul. Boya Żeleńskiego 21</t>
   </si>
   <si>
     <t>+48 17 850 75 85</t>
   </si>
   <si>
     <t>rzeszow@autos.com.pl</t>
   </si>
   <si>
     <t>50.024064000000010, 21.978139000000000</t>
   </si>
   <si>
     <t>Rzgów</t>
   </si>
   <si>
     <t>95-030</t>
   </si>
   <si>
     <t>ul. Katowicka 43</t>
   </si>
   <si>
-    <t>+48 42 214 11 07</t>
-[...1 lines deleted...]
-  <si>
     <t>rzgow@autos.com.pl</t>
   </si>
   <si>
     <t>51.670892000000000, 19.477966000000000</t>
   </si>
   <si>
     <t>Sandomierz</t>
   </si>
   <si>
     <t>27-600</t>
   </si>
   <si>
     <t>ul. Trześniowska 11</t>
   </si>
   <si>
     <t>+48 15 834 44 70</t>
   </si>
   <si>
     <t>sandomierz@autos.com.pl</t>
   </si>
   <si>
     <t>50.657373400000000, 21.770074000000000</t>
   </si>
   <si>
     <t>Siedlce</t>
@@ -1833,51 +1830,51 @@
   <si>
     <t>Rastislavova 106</t>
   </si>
   <si>
     <t>+421 907 274 332; +421 918 698 879; +421 908 040 060</t>
   </si>
   <si>
     <t>kosice@autos.sk</t>
   </si>
   <si>
     <t>48.692812000000000, 21.262592000000000</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Levice</t>
   </si>
   <si>
     <t>934 01</t>
   </si>
   <si>
     <t>Kálnicka cesta 9</t>
   </si>
   <si>
-    <t>+421 907 851 889; +421 905 427 033</t>
+    <t>+421 905 427 033</t>
   </si>
   <si>
     <t>levice@autos.sk</t>
   </si>
   <si>
     <t>48.212580000000000, 18.581716000000000</t>
   </si>
   <si>
     <t>Poprad</t>
   </si>
   <si>
     <t>058 01</t>
   </si>
   <si>
     <t>ul. Hlavná 4410</t>
   </si>
   <si>
     <t>+421 907 990 425; +421 918 493 390; +421 915 909 771; +421 908 664 913</t>
   </si>
   <si>
     <t>poprad@autos.sk</t>
   </si>
   <si>
     <t>49.087302000000000, 20.331236000000000</t>
   </si>
@@ -4778,1502 +4775,1499 @@
         <v>19</v>
       </c>
       <c r="J71" t="s">
         <v>453</v>
       </c>
       <c r="K71" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>454</v>
       </c>
       <c r="B72" t="s">
         <v>320</v>
       </c>
       <c r="C72" t="s" s="2">
         <v>455</v>
       </c>
       <c r="D72" t="s">
         <v>454</v>
       </c>
       <c r="E72" t="s">
         <v>456</v>
       </c>
-      <c r="F72" t="s">
+      <c r="G72" t="s" s="3">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
       <c r="H72" t="s">
         <v>45</v>
       </c>
       <c r="I72" t="s">
         <v>106</v>
       </c>
       <c r="J72" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="K72" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="B73" t="s">
         <v>224</v>
       </c>
       <c r="C73" t="s" s="2">
+        <v>460</v>
+      </c>
+      <c r="D73" t="s">
+        <v>459</v>
+      </c>
+      <c r="E73" t="s">
         <v>461</v>
       </c>
-      <c r="D73" t="s">
-[...2 lines deleted...]
-      <c r="E73" t="s">
+      <c r="F73" t="s">
         <v>462</v>
       </c>
-      <c r="F73" t="s">
+      <c r="G73" t="s" s="3">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
       <c r="H73" t="s">
         <v>18</v>
       </c>
       <c r="I73" t="s">
         <v>19</v>
       </c>
       <c r="J73" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="K73" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="B74" t="s">
         <v>81</v>
       </c>
       <c r="C74" t="s" s="2">
+        <v>466</v>
+      </c>
+      <c r="D74" t="s">
+        <v>465</v>
+      </c>
+      <c r="E74" t="s">
         <v>467</v>
       </c>
-      <c r="D74" t="s">
-[...2 lines deleted...]
-      <c r="E74" t="s">
+      <c r="F74" t="s">
         <v>468</v>
       </c>
-      <c r="F74" t="s">
+      <c r="G74" t="s" s="3">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
       <c r="H74" t="s">
         <v>18</v>
       </c>
       <c r="I74" t="s">
         <v>19</v>
       </c>
       <c r="J74" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="K74" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="B75" t="s">
         <v>263</v>
       </c>
       <c r="C75" t="s" s="2">
+        <v>472</v>
+      </c>
+      <c r="D75" t="s">
+        <v>471</v>
+      </c>
+      <c r="E75" t="s">
         <v>473</v>
       </c>
-      <c r="D75" t="s">
-[...2 lines deleted...]
-      <c r="E75" t="s">
+      <c r="F75" t="s">
         <v>474</v>
       </c>
-      <c r="F75" t="s">
+      <c r="G75" t="s" s="3">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="H75" t="s">
         <v>18</v>
       </c>
       <c r="I75" t="s">
         <v>19</v>
       </c>
       <c r="J75" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="B76" t="s">
         <v>74</v>
       </c>
       <c r="C76" t="s" s="2">
+        <v>478</v>
+      </c>
+      <c r="D76" t="s">
         <v>479</v>
       </c>
-      <c r="D76" t="s">
+      <c r="E76" t="s">
         <v>480</v>
       </c>
-      <c r="E76" t="s">
+      <c r="G76" t="s" s="3">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
       <c r="H76" t="s">
         <v>18</v>
       </c>
       <c r="I76" t="s">
         <v>29</v>
       </c>
       <c r="J76" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="K76" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B77" t="s">
         <v>81</v>
       </c>
       <c r="C77" t="s" s="2">
+        <v>484</v>
+      </c>
+      <c r="D77" t="s">
+        <v>483</v>
+      </c>
+      <c r="E77" t="s">
         <v>485</v>
       </c>
-      <c r="D77" t="s">
-[...2 lines deleted...]
-      <c r="E77" t="s">
+      <c r="F77" t="s">
         <v>486</v>
       </c>
-      <c r="F77" t="s">
+      <c r="G77" t="s" s="3">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="H77" t="s">
         <v>18</v>
       </c>
       <c r="I77" t="s">
         <v>19</v>
       </c>
       <c r="J77" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="K77" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="B78" t="s">
         <v>81</v>
       </c>
       <c r="C78" t="s" s="2">
+        <v>490</v>
+      </c>
+      <c r="D78" t="s">
+        <v>489</v>
+      </c>
+      <c r="E78" t="s">
         <v>491</v>
       </c>
-      <c r="D78" t="s">
-[...2 lines deleted...]
-      <c r="E78" t="s">
+      <c r="F78" t="s">
         <v>492</v>
       </c>
-      <c r="F78" t="s">
+      <c r="G78" t="s" s="3">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
       <c r="H78" t="s">
         <v>18</v>
       </c>
       <c r="I78" t="s">
         <v>19</v>
       </c>
       <c r="J78" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="K78" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="B79" t="s">
         <v>61</v>
       </c>
       <c r="C79" t="s" s="2">
+        <v>496</v>
+      </c>
+      <c r="D79" t="s">
+        <v>495</v>
+      </c>
+      <c r="E79" t="s">
         <v>497</v>
       </c>
-      <c r="D79" t="s">
-[...2 lines deleted...]
-      <c r="E79" t="s">
+      <c r="F79" t="s">
         <v>498</v>
       </c>
-      <c r="F79" t="s">
+      <c r="G79" t="s" s="3">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="H79" t="s">
         <v>37</v>
       </c>
       <c r="I79" t="s">
+        <v>500</v>
+      </c>
+      <c r="J79" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="K79" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="B80" t="s">
         <v>250</v>
       </c>
       <c r="C80" t="s" s="2">
+        <v>503</v>
+      </c>
+      <c r="D80" t="s">
+        <v>502</v>
+      </c>
+      <c r="E80" t="s">
         <v>504</v>
       </c>
-      <c r="D80" t="s">
-[...2 lines deleted...]
-      <c r="E80" t="s">
+      <c r="F80" t="s">
         <v>505</v>
       </c>
-      <c r="F80" t="s">
+      <c r="G80" t="s" s="3">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
       <c r="H80" t="s">
         <v>18</v>
       </c>
       <c r="I80" t="s">
         <v>29</v>
       </c>
       <c r="J80" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="K80" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="B81" t="s">
         <v>74</v>
       </c>
       <c r="C81" t="s" s="2">
+        <v>509</v>
+      </c>
+      <c r="D81" t="s">
+        <v>508</v>
+      </c>
+      <c r="E81" t="s">
         <v>510</v>
       </c>
-      <c r="D81" t="s">
-[...2 lines deleted...]
-      <c r="E81" t="s">
+      <c r="F81" t="s">
         <v>511</v>
       </c>
-      <c r="F81" t="s">
+      <c r="G81" t="s" s="3">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
       <c r="H81" t="s">
         <v>37</v>
       </c>
       <c r="I81" t="s">
         <v>19</v>
       </c>
       <c r="J81" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="K81" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="B82" t="s">
         <v>250</v>
       </c>
       <c r="C82" t="s" s="2">
+        <v>515</v>
+      </c>
+      <c r="D82" t="s">
+        <v>514</v>
+      </c>
+      <c r="E82" t="s">
         <v>516</v>
       </c>
-      <c r="D82" t="s">
-[...2 lines deleted...]
-      <c r="E82" t="s">
+      <c r="F82" t="s">
         <v>517</v>
       </c>
-      <c r="F82" t="s">
+      <c r="G82" t="s" s="3">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
       <c r="H82" t="s">
         <v>18</v>
       </c>
       <c r="I82" t="s">
         <v>19</v>
       </c>
       <c r="J82" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="K82" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="B83" t="s">
         <v>250</v>
       </c>
       <c r="C83" t="s" s="2">
+        <v>521</v>
+      </c>
+      <c r="D83" t="s">
+        <v>520</v>
+      </c>
+      <c r="E83" t="s">
         <v>522</v>
       </c>
-      <c r="D83" t="s">
-[...2 lines deleted...]
-      <c r="E83" t="s">
+      <c r="F83" t="s">
         <v>523</v>
       </c>
-      <c r="F83" t="s">
+      <c r="G83" t="s" s="3">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
       <c r="H83" t="s">
         <v>37</v>
       </c>
       <c r="I83" t="s">
+        <v>525</v>
+      </c>
+      <c r="J83" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
       <c r="K83" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="B84" t="s">
         <v>263</v>
       </c>
       <c r="C84" t="s" s="2">
+        <v>528</v>
+      </c>
+      <c r="D84" t="s">
+        <v>527</v>
+      </c>
+      <c r="E84" t="s">
         <v>529</v>
       </c>
-      <c r="D84" t="s">
-[...2 lines deleted...]
-      <c r="E84" t="s">
+      <c r="F84" t="s">
         <v>530</v>
       </c>
-      <c r="F84" t="s">
+      <c r="G84" t="s" s="3">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
       <c r="H84" t="s">
         <v>45</v>
       </c>
       <c r="I84" t="s">
         <v>170</v>
       </c>
       <c r="J84" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="K84" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="B85" t="s">
         <v>13</v>
       </c>
       <c r="C85" t="s" s="2">
+        <v>534</v>
+      </c>
+      <c r="D85" t="s">
+        <v>533</v>
+      </c>
+      <c r="E85" t="s">
         <v>535</v>
       </c>
-      <c r="D85" t="s">
-[...2 lines deleted...]
-      <c r="E85" t="s">
+      <c r="F85" t="s">
         <v>536</v>
       </c>
-      <c r="F85" t="s">
+      <c r="G85" t="s" s="3">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
       <c r="H85" t="s">
         <v>18</v>
       </c>
       <c r="I85" t="s">
+        <v>538</v>
+      </c>
+      <c r="J85" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
       <c r="K85" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="B86" t="s">
         <v>61</v>
       </c>
       <c r="C86" t="s" s="2">
+        <v>541</v>
+      </c>
+      <c r="D86" t="s">
+        <v>540</v>
+      </c>
+      <c r="E86" t="s">
         <v>542</v>
       </c>
-      <c r="D86" t="s">
-[...2 lines deleted...]
-      <c r="E86" t="s">
+      <c r="F86" t="s">
         <v>543</v>
       </c>
-      <c r="F86" t="s">
+      <c r="G86" t="s" s="3">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="H86" t="s">
         <v>113</v>
       </c>
       <c r="I86" t="s">
         <v>19</v>
       </c>
       <c r="J86" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="K86" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="B87" t="s">
         <v>61</v>
       </c>
       <c r="C87" t="s" s="2">
+        <v>547</v>
+      </c>
+      <c r="D87" t="s">
+        <v>546</v>
+      </c>
+      <c r="E87" t="s">
         <v>548</v>
       </c>
-      <c r="D87" t="s">
-[...2 lines deleted...]
-      <c r="E87" t="s">
+      <c r="F87" t="s">
         <v>549</v>
       </c>
-      <c r="F87" t="s">
+      <c r="G87" t="s" s="3">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
       <c r="H87" t="s">
         <v>18</v>
       </c>
       <c r="I87" t="s">
         <v>19</v>
       </c>
       <c r="J87" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="K87" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="B88" t="s">
         <v>54</v>
       </c>
       <c r="C88" t="s" s="2">
+        <v>553</v>
+      </c>
+      <c r="D88" t="s">
+        <v>552</v>
+      </c>
+      <c r="E88" t="s">
         <v>554</v>
       </c>
-      <c r="D88" t="s">
-[...2 lines deleted...]
-      <c r="E88" t="s">
+      <c r="F88" t="s">
         <v>555</v>
       </c>
-      <c r="F88" t="s">
+      <c r="G88" t="s" s="3">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
       <c r="H88" t="s">
         <v>18</v>
       </c>
       <c r="I88" t="s">
         <v>19</v>
       </c>
       <c r="J88" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="K88" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="B89" t="s">
         <v>81</v>
       </c>
       <c r="C89" t="s" s="2">
+        <v>559</v>
+      </c>
+      <c r="D89" t="s">
+        <v>558</v>
+      </c>
+      <c r="E89" t="s">
         <v>560</v>
       </c>
-      <c r="D89" t="s">
-[...2 lines deleted...]
-      <c r="E89" t="s">
+      <c r="F89" t="s">
         <v>561</v>
       </c>
-      <c r="F89" t="s">
+      <c r="G89" t="s" s="3">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
       <c r="H89" t="s">
         <v>45</v>
       </c>
       <c r="I89" t="s">
         <v>106</v>
       </c>
       <c r="J89" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="K89" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="B90" t="s">
         <v>40</v>
       </c>
       <c r="C90" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D90" t="s">
+        <v>564</v>
+      </c>
+      <c r="E90" t="s">
         <v>566</v>
       </c>
-      <c r="D90" t="s">
-[...2 lines deleted...]
-      <c r="E90" t="s">
+      <c r="F90" t="s">
         <v>567</v>
       </c>
-      <c r="F90" t="s">
+      <c r="G90" t="s" s="3">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
       <c r="H90" t="s">
         <v>45</v>
       </c>
       <c r="I90" t="s">
         <v>19</v>
       </c>
       <c r="J90" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="K90" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="B91" t="s">
         <v>13</v>
       </c>
       <c r="C91" t="s" s="2">
+        <v>571</v>
+      </c>
+      <c r="D91" t="s">
+        <v>570</v>
+      </c>
+      <c r="E91" t="s">
         <v>572</v>
       </c>
-      <c r="D91" t="s">
-[...2 lines deleted...]
-      <c r="E91" t="s">
+      <c r="F91" t="s">
         <v>573</v>
       </c>
-      <c r="F91" t="s">
+      <c r="G91" t="s" s="3">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
       <c r="H91" t="s">
         <v>18</v>
       </c>
       <c r="I91" t="s">
         <v>19</v>
       </c>
       <c r="J91" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="K91" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="B92" t="s">
         <v>147</v>
       </c>
       <c r="C92" t="s" s="2">
+        <v>577</v>
+      </c>
+      <c r="D92" t="s">
+        <v>576</v>
+      </c>
+      <c r="E92" t="s">
         <v>578</v>
       </c>
-      <c r="D92" t="s">
-[...2 lines deleted...]
-      <c r="E92" t="s">
+      <c r="F92" t="s">
         <v>579</v>
       </c>
-      <c r="F92" t="s">
+      <c r="G92" t="s" s="3">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
       <c r="H92" t="s">
         <v>28</v>
       </c>
       <c r="I92" t="s">
         <v>19</v>
       </c>
       <c r="J92" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="K92" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="B93" t="s">
         <v>147</v>
       </c>
       <c r="C93" t="s" s="2">
+        <v>583</v>
+      </c>
+      <c r="D93" t="s">
+        <v>582</v>
+      </c>
+      <c r="E93" t="s">
         <v>584</v>
       </c>
-      <c r="D93" t="s">
-[...2 lines deleted...]
-      <c r="E93" t="s">
+      <c r="F93" t="s">
         <v>585</v>
       </c>
-      <c r="F93" t="s">
+      <c r="G93" t="s" s="3">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
       <c r="H93" t="s">
         <v>45</v>
       </c>
       <c r="I93" t="s">
         <v>29</v>
       </c>
       <c r="J93" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="K93" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="B94" t="s">
         <v>61</v>
       </c>
       <c r="C94" t="s" s="2">
+        <v>589</v>
+      </c>
+      <c r="D94" t="s">
+        <v>588</v>
+      </c>
+      <c r="E94" t="s">
         <v>590</v>
       </c>
-      <c r="D94" t="s">
-[...2 lines deleted...]
-      <c r="E94" t="s">
+      <c r="F94" t="s">
         <v>591</v>
       </c>
-      <c r="F94" t="s">
+      <c r="G94" t="s" s="3">
         <v>592</v>
-      </c>
-[...1 lines deleted...]
-        <v>593</v>
       </c>
       <c r="H94" t="s">
         <v>18</v>
       </c>
       <c r="I94" t="s">
         <v>19</v>
       </c>
       <c r="J94" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="K94" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="95"/>
     <row r="96">
       <c r="A96" t="s" s="1">
-        <v>595</v>
+        <v>594</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
+        <v>595</v>
+      </c>
+      <c r="B97" t="s">
         <v>596</v>
       </c>
-      <c r="B97" t="s">
+      <c r="C97" t="s">
         <v>597</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97" t="s">
+        <v>595</v>
+      </c>
+      <c r="E97" t="s">
         <v>598</v>
       </c>
-      <c r="D97" t="s">
-[...2 lines deleted...]
-      <c r="E97" t="s">
+      <c r="F97" t="s">
         <v>599</v>
       </c>
-      <c r="F97" t="s">
+      <c r="G97" t="s" s="3">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>601</v>
       </c>
       <c r="H97" t="s">
         <v>18</v>
       </c>
       <c r="I97" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="J97" t="s">
+        <v>601</v>
+      </c>
+      <c r="K97" t="s">
         <v>602</v>
-      </c>
-[...1 lines deleted...]
-        <v>603</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
+        <v>603</v>
+      </c>
+      <c r="B98" t="s">
+        <v>596</v>
+      </c>
+      <c r="C98" t="s">
         <v>604</v>
       </c>
-      <c r="B98" t="s">
-[...2 lines deleted...]
-      <c r="C98" t="s">
+      <c r="D98" t="s">
+        <v>603</v>
+      </c>
+      <c r="E98" t="s">
         <v>605</v>
       </c>
-      <c r="D98" t="s">
-[...2 lines deleted...]
-      <c r="E98" t="s">
+      <c r="F98" t="s">
         <v>606</v>
       </c>
-      <c r="F98" t="s">
+      <c r="G98" t="s" s="3">
         <v>607</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
       <c r="H98" t="s">
         <v>18</v>
       </c>
       <c r="I98" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="J98" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="K98" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
+        <v>609</v>
+      </c>
+      <c r="B99" t="s">
+        <v>596</v>
+      </c>
+      <c r="C99" t="s">
         <v>610</v>
       </c>
-      <c r="B99" t="s">
-[...2 lines deleted...]
-      <c r="C99" t="s">
+      <c r="D99" t="s">
+        <v>609</v>
+      </c>
+      <c r="E99" t="s">
         <v>611</v>
       </c>
-      <c r="D99" t="s">
-[...2 lines deleted...]
-      <c r="E99" t="s">
+      <c r="F99" t="s">
         <v>612</v>
       </c>
-      <c r="F99" t="s">
+      <c r="G99" t="s" s="3">
         <v>613</v>
       </c>
-      <c r="G99" t="s" s="3">
+      <c r="H99" t="s">
+        <v>113</v>
+      </c>
+      <c r="I99" t="s">
+        <v>525</v>
+      </c>
+      <c r="J99" t="s">
         <v>614</v>
       </c>
-      <c r="H99" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K99" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
+        <v>615</v>
+      </c>
+      <c r="B100" t="s">
+        <v>596</v>
+      </c>
+      <c r="C100" t="s">
         <v>616</v>
       </c>
-      <c r="B100" t="s">
-[...2 lines deleted...]
-      <c r="C100" t="s">
+      <c r="D100" t="s">
+        <v>615</v>
+      </c>
+      <c r="E100" t="s">
         <v>617</v>
       </c>
-      <c r="D100" t="s">
-[...2 lines deleted...]
-      <c r="E100" t="s">
+      <c r="F100" t="s">
         <v>618</v>
       </c>
-      <c r="F100" t="s">
+      <c r="G100" t="s" s="3">
         <v>619</v>
-      </c>
-[...1 lines deleted...]
-        <v>620</v>
       </c>
       <c r="H100" t="s">
         <v>18</v>
       </c>
       <c r="I100" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="J100" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="K100" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
+        <v>621</v>
+      </c>
+      <c r="B101" t="s">
+        <v>596</v>
+      </c>
+      <c r="C101" t="s">
         <v>622</v>
       </c>
-      <c r="B101" t="s">
-[...2 lines deleted...]
-      <c r="C101" t="s">
+      <c r="D101" t="s">
+        <v>621</v>
+      </c>
+      <c r="E101" t="s">
         <v>623</v>
       </c>
-      <c r="D101" t="s">
-[...2 lines deleted...]
-      <c r="E101" t="s">
+      <c r="F101" t="s">
         <v>624</v>
       </c>
-      <c r="F101" t="s">
+      <c r="G101" t="s" s="3">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
       <c r="H101" t="s">
         <v>18</v>
       </c>
       <c r="I101" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="J101" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="K101" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
+        <v>627</v>
+      </c>
+      <c r="B102" t="s">
+        <v>596</v>
+      </c>
+      <c r="C102" t="s">
         <v>628</v>
       </c>
-      <c r="B102" t="s">
-[...2 lines deleted...]
-      <c r="C102" t="s">
+      <c r="D102" t="s">
+        <v>627</v>
+      </c>
+      <c r="E102" t="s">
         <v>629</v>
       </c>
-      <c r="D102" t="s">
-[...2 lines deleted...]
-      <c r="E102" t="s">
+      <c r="F102" t="s">
         <v>630</v>
       </c>
-      <c r="F102" t="s">
+      <c r="G102" t="s" s="3">
         <v>631</v>
       </c>
-      <c r="G102" t="s" s="3">
+      <c r="H102" t="s">
         <v>632</v>
       </c>
-      <c r="H102" t="s">
+      <c r="I102" t="s">
         <v>633</v>
       </c>
-      <c r="I102" t="s">
+      <c r="J102" t="s">
         <v>634</v>
       </c>
-      <c r="J102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K102" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
+        <v>635</v>
+      </c>
+      <c r="B103" t="s">
+        <v>596</v>
+      </c>
+      <c r="C103" t="s">
         <v>636</v>
       </c>
-      <c r="B103" t="s">
-[...2 lines deleted...]
-      <c r="C103" t="s">
+      <c r="D103" t="s">
+        <v>635</v>
+      </c>
+      <c r="E103" t="s">
         <v>637</v>
       </c>
-      <c r="D103" t="s">
-[...2 lines deleted...]
-      <c r="E103" t="s">
+      <c r="F103" t="s">
         <v>638</v>
       </c>
-      <c r="F103" t="s">
+      <c r="G103" t="s" s="3">
         <v>639</v>
       </c>
-      <c r="G103" t="s" s="3">
+      <c r="H103" t="s">
         <v>640</v>
       </c>
-      <c r="H103" t="s">
+      <c r="I103" t="s">
+        <v>525</v>
+      </c>
+      <c r="J103" t="s">
         <v>641</v>
       </c>
-      <c r="I103" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K103" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
+        <v>642</v>
+      </c>
+      <c r="B104" t="s">
+        <v>596</v>
+      </c>
+      <c r="C104" t="s">
         <v>643</v>
       </c>
-      <c r="B104" t="s">
-[...2 lines deleted...]
-      <c r="C104" t="s">
+      <c r="D104" t="s">
+        <v>642</v>
+      </c>
+      <c r="E104" t="s">
         <v>644</v>
       </c>
-      <c r="D104" t="s">
-[...2 lines deleted...]
-      <c r="E104" t="s">
+      <c r="F104" t="s">
         <v>645</v>
       </c>
-      <c r="F104" t="s">
+      <c r="G104" t="s" s="3">
         <v>646</v>
       </c>
-      <c r="G104" t="s" s="3">
+      <c r="H104" t="s">
+        <v>113</v>
+      </c>
+      <c r="I104" t="s">
+        <v>525</v>
+      </c>
+      <c r="J104" t="s">
         <v>647</v>
       </c>
-      <c r="H104" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K104" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
     </row>
     <row r="105"/>
     <row r="106">
       <c r="A106" t="s" s="1">
-        <v>649</v>
+        <v>648</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
+        <v>649</v>
+      </c>
+      <c r="B107" t="s">
         <v>650</v>
       </c>
-      <c r="B107" t="s">
+      <c r="C107" t="s">
         <v>651</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
         <v>652</v>
       </c>
-      <c r="D107" t="s">
+      <c r="E107" t="s">
         <v>653</v>
       </c>
-      <c r="E107" t="s">
+      <c r="F107" t="s">
         <v>654</v>
       </c>
-      <c r="F107" t="s">
+      <c r="G107" t="s" s="3">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
       <c r="H107" t="s">
         <v>113</v>
       </c>
       <c r="I107" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="J107" t="s">
+        <v>656</v>
+      </c>
+      <c r="K107" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
+        <v>658</v>
+      </c>
+      <c r="B108" t="s">
+        <v>650</v>
+      </c>
+      <c r="C108" t="s">
         <v>659</v>
       </c>
-      <c r="B108" t="s">
-[...2 lines deleted...]
-      <c r="C108" t="s">
+      <c r="D108" t="s">
         <v>660</v>
       </c>
-      <c r="D108" t="s">
+      <c r="E108" t="s">
         <v>661</v>
       </c>
-      <c r="E108" t="s">
+      <c r="F108" t="s">
         <v>662</v>
       </c>
-      <c r="F108" t="s">
+      <c r="G108" t="s" s="3">
         <v>663</v>
-      </c>
-[...1 lines deleted...]
-        <v>664</v>
       </c>
       <c r="H108" t="s">
         <v>113</v>
       </c>
       <c r="I108" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="J108" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="K108" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
+        <v>665</v>
+      </c>
+      <c r="B109" t="s">
+        <v>650</v>
+      </c>
+      <c r="C109" t="s">
         <v>666</v>
       </c>
-      <c r="B109" t="s">
-[...2 lines deleted...]
-      <c r="C109" t="s">
+      <c r="D109" t="s">
         <v>667</v>
       </c>
-      <c r="D109" t="s">
+      <c r="E109" t="s">
         <v>668</v>
       </c>
-      <c r="E109" t="s">
+      <c r="F109" t="s">
         <v>669</v>
       </c>
-      <c r="F109" t="s">
+      <c r="G109" t="s" s="3">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
       <c r="H109" t="s">
         <v>113</v>
       </c>
       <c r="I109" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="J109" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="K109" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
+        <v>672</v>
+      </c>
+      <c r="B110" t="s">
+        <v>650</v>
+      </c>
+      <c r="C110" t="s">
         <v>673</v>
       </c>
-      <c r="B110" t="s">
-[...2 lines deleted...]
-      <c r="C110" t="s">
+      <c r="D110" t="s">
+        <v>672</v>
+      </c>
+      <c r="E110" t="s">
         <v>674</v>
       </c>
-      <c r="D110" t="s">
-[...2 lines deleted...]
-      <c r="E110" t="s">
+      <c r="F110" t="s">
         <v>675</v>
       </c>
-      <c r="F110" t="s">
+      <c r="G110" t="s" s="3">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
       <c r="H110" t="s">
         <v>113</v>
       </c>
       <c r="I110" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="J110" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
+        <v>678</v>
+      </c>
+      <c r="B111" t="s">
+        <v>650</v>
+      </c>
+      <c r="C111" t="s">
         <v>679</v>
       </c>
-      <c r="B111" t="s">
-[...2 lines deleted...]
-      <c r="C111" t="s">
+      <c r="D111" t="s">
+        <v>678</v>
+      </c>
+      <c r="E111" t="s">
         <v>680</v>
       </c>
-      <c r="D111" t="s">
-[...2 lines deleted...]
-      <c r="E111" t="s">
+      <c r="F111" t="s">
         <v>681</v>
       </c>
-      <c r="F111" t="s">
+      <c r="G111" t="s" s="3">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
       <c r="H111" t="s">
         <v>113</v>
       </c>
       <c r="I111" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="J111" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="K111" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
+        <v>684</v>
+      </c>
+      <c r="B112" t="s">
+        <v>650</v>
+      </c>
+      <c r="C112" t="s">
         <v>685</v>
       </c>
-      <c r="B112" t="s">
-[...2 lines deleted...]
-      <c r="C112" t="s">
+      <c r="D112" t="s">
+        <v>684</v>
+      </c>
+      <c r="E112" t="s">
         <v>686</v>
       </c>
-      <c r="D112" t="s">
-[...2 lines deleted...]
-      <c r="E112" t="s">
+      <c r="F112" t="s">
         <v>687</v>
       </c>
-      <c r="F112" t="s">
+      <c r="G112" t="s" s="3">
         <v>688</v>
-      </c>
-[...1 lines deleted...]
-        <v>689</v>
       </c>
       <c r="H112" t="s">
         <v>113</v>
       </c>
       <c r="I112" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="J112" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="K112" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
+        <v>690</v>
+      </c>
+      <c r="B113" t="s">
+        <v>650</v>
+      </c>
+      <c r="C113" t="s">
         <v>691</v>
       </c>
-      <c r="B113" t="s">
-[...2 lines deleted...]
-      <c r="C113" t="s">
+      <c r="D113" t="s">
+        <v>690</v>
+      </c>
+      <c r="E113" t="s">
         <v>692</v>
       </c>
-      <c r="D113" t="s">
-[...2 lines deleted...]
-      <c r="E113" t="s">
+      <c r="F113" t="s">
         <v>693</v>
       </c>
-      <c r="F113" t="s">
+      <c r="G113" t="s" s="3">
         <v>694</v>
-      </c>
-[...1 lines deleted...]
-        <v>695</v>
       </c>
       <c r="H113" t="s">
         <v>113</v>
       </c>
       <c r="I113" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="J113" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="K113" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
+        <v>696</v>
+      </c>
+      <c r="B114" t="s">
+        <v>650</v>
+      </c>
+      <c r="C114" t="s">
         <v>697</v>
       </c>
-      <c r="B114" t="s">
-[...2 lines deleted...]
-      <c r="C114" t="s">
+      <c r="D114" t="s">
+        <v>696</v>
+      </c>
+      <c r="E114" t="s">
         <v>698</v>
       </c>
-      <c r="D114" t="s">
-[...2 lines deleted...]
-      <c r="E114" t="s">
+      <c r="F114" t="s">
         <v>699</v>
       </c>
-      <c r="F114" t="s">
+      <c r="G114" t="s" s="3">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
       <c r="H114" t="s">
         <v>113</v>
       </c>
       <c r="I114" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="J114" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="K114" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
+        <v>702</v>
+      </c>
+      <c r="B115" t="s">
+        <v>650</v>
+      </c>
+      <c r="C115" t="s">
         <v>703</v>
       </c>
-      <c r="B115" t="s">
-[...2 lines deleted...]
-      <c r="C115" t="s">
+      <c r="D115" t="s">
+        <v>702</v>
+      </c>
+      <c r="E115" t="s">
         <v>704</v>
       </c>
-      <c r="D115" t="s">
-[...2 lines deleted...]
-      <c r="E115" t="s">
+      <c r="F115" t="s">
         <v>705</v>
       </c>
-      <c r="F115" t="s">
+      <c r="G115" t="s" s="3">
         <v>706</v>
-      </c>
-[...1 lines deleted...]
-        <v>707</v>
       </c>
       <c r="H115" t="s">
         <v>113</v>
       </c>
       <c r="I115" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="J115" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
+        <v>708</v>
+      </c>
+      <c r="B116" t="s">
+        <v>650</v>
+      </c>
+      <c r="C116" t="s">
         <v>709</v>
       </c>
-      <c r="B116" t="s">
-[...2 lines deleted...]
-      <c r="C116" t="s">
+      <c r="D116" t="s">
         <v>710</v>
       </c>
-      <c r="D116" t="s">
+      <c r="E116" t="s">
         <v>711</v>
       </c>
-      <c r="E116" t="s">
+      <c r="F116" t="s">
         <v>712</v>
       </c>
-      <c r="F116" t="s">
+      <c r="G116" t="s" s="3">
         <v>713</v>
-      </c>
-[...1 lines deleted...]
-        <v>714</v>
       </c>
       <c r="H116" t="s">
         <v>113</v>
       </c>
       <c r="I116" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="J116" t="s">
-        <v>715</v>
+        <v>714</v>
       </c>
       <c r="K116" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
+        <v>715</v>
+      </c>
+      <c r="B117" t="s">
+        <v>650</v>
+      </c>
+      <c r="C117" t="s">
         <v>716</v>
       </c>
-      <c r="B117" t="s">
-[...2 lines deleted...]
-      <c r="C117" t="s">
+      <c r="D117" t="s">
         <v>717</v>
       </c>
-      <c r="D117" t="s">
+      <c r="E117" t="s">
         <v>718</v>
-      </c>
-[...1 lines deleted...]
-        <v>719</v>
       </c>
       <c r="F117" s="4">
         <v>420724118578</v>
       </c>
       <c r="G117" t="s" s="3">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="H117" t="s">
         <v>113</v>
       </c>
       <c r="I117" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="J117" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="K117" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G4" r:id="rId1" location="" display="mailto:bialapodlaska@autos.com.pl"/>
     <hyperlink ref="G5" r:id="rId2" location="" display="mailto:bialystok@autos.com.pl"/>
     <hyperlink ref="G6" r:id="rId3" location="" display="mailto:bielsk@autos.com.pl"/>
     <hyperlink ref="G7" r:id="rId4" location="" display="mailto:bielskobiala@autos.com.pl"/>
     <hyperlink ref="G8" r:id="rId5" location="" display="mailto:bierun@autos.com.pl"/>
     <hyperlink ref="G9" r:id="rId6" location="" display="mailto:boleslawiec@autos.com.pl"/>
     <hyperlink ref="G10" r:id="rId7" location="" display="mailto:brodnica@autos.com.pl"/>
     <hyperlink ref="G11" r:id="rId8" location="" display="mailto:bydgoszcz@autos.com.pl"/>
     <hyperlink ref="G12" r:id="rId9" location="" display="mailto:chojnice@autos.com.pl"/>
     <hyperlink ref="G13" r:id="rId10" location="" display="mailto:ciechanow@autos.com.pl"/>
     <hyperlink ref="G14" r:id="rId11" location="" display="mailto:czestochowa@autos.com.pl"/>
     <hyperlink ref="G15" r:id="rId12" location="" display="mailto:dabrowa@autos.com.pl"/>
     <hyperlink ref="G16" r:id="rId13" location="" display="mailto:dzialdowo@autos.com.pl"/>
     <hyperlink ref="G17" r:id="rId14" location="" display="mailto:elblag@autos.com.pl"/>
     <hyperlink ref="G18" r:id="rId15" location="" display="mailto:elk@autos.com.pl"/>
     <hyperlink ref="G19" r:id="rId16" location="" display="mailto:garwolin@autos.com.pl"/>
     <hyperlink ref="G20" r:id="rId17" location="" display="mailto:gdansk@autos.com.pl"/>
     <hyperlink ref="G21" r:id="rId18" location="" display="mailto:gdynia@autos.com.pl"/>
     <hyperlink ref="G22" r:id="rId19" location="" display="mailto:gniezno@autos.com.pl"/>
     <hyperlink ref="G23" r:id="rId20" location="" display="mailto:gorzow@autos.com.pl"/>
     <hyperlink ref="G24" r:id="rId21" location="" display="mailto:grodzisk@autos.com.pl"/>