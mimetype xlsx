--- v5 (2026-02-02)
+++ v6 (2026-02-22)
@@ -210,50 +210,56 @@
   <si>
     <t>boleslawiec@autos.com.pl</t>
   </si>
   <si>
     <t>51.26061793307008, 15.609899589221174</t>
   </si>
   <si>
     <t>Brodnica</t>
   </si>
   <si>
     <t>kujawsko-pomorskie</t>
   </si>
   <si>
     <t>87-300</t>
   </si>
   <si>
     <t>Gorczenica 5D</t>
   </si>
   <si>
     <t>+48 56 491 81 92; +48 515 707 809</t>
   </si>
   <si>
     <t>brodnica@autos.com.pl</t>
   </si>
   <si>
+    <t>07:00 - 16:00</t>
+  </si>
+  <si>
+    <t>07:00 - 13:00</t>
+  </si>
+  <si>
     <t>53.19028888974329, 19.368784182170305</t>
   </si>
   <si>
     <t>Bydgoszcz</t>
   </si>
   <si>
     <t>85-880</t>
   </si>
   <si>
     <t>ul. Toruńska 280</t>
   </si>
   <si>
     <t>+48 52 346 68 45; +48 723 686 807</t>
   </si>
   <si>
     <t>bydgoszcz@autos.com.pl</t>
   </si>
   <si>
     <t>53.116722000000000, 18.071292000000000</t>
   </si>
   <si>
     <t>Chojnice</t>
   </si>
   <si>
     <t>pomorskie</t>
@@ -306,98 +312,92 @@
   <si>
     <t>+48 34 344 89 64</t>
   </si>
   <si>
     <t>czestochowa@autos.com.pl</t>
   </si>
   <si>
     <t>50.806881683226024, 19.160795055513844</t>
   </si>
   <si>
     <t>Dąbrowa Górnicza</t>
   </si>
   <si>
     <t>41-303</t>
   </si>
   <si>
     <t>ul.Kasprzaka 25B</t>
   </si>
   <si>
     <t>+48 32 262 26 65</t>
   </si>
   <si>
     <t>dabrowa@autos.com.pl</t>
   </si>
   <si>
-    <t>07:00 - 13:00</t>
-[...1 lines deleted...]
-  <si>
     <t>50.335811000000000, 19.251027000000000</t>
   </si>
   <si>
     <t>Działdowo</t>
   </si>
   <si>
     <t>warminsko-mazurskie</t>
   </si>
   <si>
     <t>13-200</t>
   </si>
   <si>
     <t>Kisiny 125D</t>
   </si>
   <si>
     <t>+48 23 654 11 10</t>
   </si>
   <si>
     <t>dzialdowo@autos.com.pl</t>
   </si>
   <si>
     <t>07:00 - 14:00</t>
   </si>
   <si>
     <t>53.224891692553896, 20.20238220691681</t>
   </si>
   <si>
     <t>Elbląg</t>
   </si>
   <si>
     <t>82-300</t>
   </si>
   <si>
     <t>Warszawska 122a</t>
   </si>
   <si>
     <t>+48 55 242 14 68</t>
   </si>
   <si>
     <t>elblag@autos.com.pl</t>
   </si>
   <si>
-    <t>07:00 - 16:00</t>
-[...1 lines deleted...]
-  <si>
     <t>54.148104000000000, 19.387852000000000</t>
   </si>
   <si>
     <t>Ełk</t>
   </si>
   <si>
     <t>19-300</t>
   </si>
   <si>
     <t>ul.Srebrna 4</t>
   </si>
   <si>
     <t>+48 87 610 11 10; +48 723 686 974; +48 723 667 243; +48 503 549 886; +48 723 637 121</t>
   </si>
   <si>
     <t>elk@autos.com.pl</t>
   </si>
   <si>
     <t>53.827349000000000, 22.389235000000000</t>
   </si>
   <si>
     <t>Garwolin</t>
   </si>
   <si>
     <t>08-410</t>
@@ -711,51 +711,51 @@
   <si>
     <t>25-808</t>
   </si>
   <si>
     <t>Al. Górników Staszicowskich 94</t>
   </si>
   <si>
     <t>+48 41 346 49 12</t>
   </si>
   <si>
     <t>kielce@autos.com.pl</t>
   </si>
   <si>
     <t>50.844528000000000, 20.547786000000000</t>
   </si>
   <si>
     <t>Kluczbork</t>
   </si>
   <si>
     <t>46-200</t>
   </si>
   <si>
     <t>ul. Karola Miarki 17A</t>
   </si>
   <si>
-    <t>+48 77 447 34 05; +48 77 447 34 06</t>
+    <t>+48 77 447 34 05; +48 77 447 34 05</t>
   </si>
   <si>
     <t>kluczbork@autos.com.pl</t>
   </si>
   <si>
     <t>50.978683000000000, 18.196707000000000</t>
   </si>
   <si>
     <t>Koło</t>
   </si>
   <si>
     <t>62-600</t>
   </si>
   <si>
     <t>ul. Sienkiewicza 90</t>
   </si>
   <si>
     <t>+48 63 262 59 51</t>
   </si>
   <si>
     <t>kolo@autos.com.pl</t>
   </si>
   <si>
     <t>52.206380000000000, 18.666885000000000</t>
   </si>
@@ -2636,418 +2636,418 @@
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>60</v>
       </c>
       <c r="B10" t="s">
         <v>61</v>
       </c>
       <c r="C10" t="s" s="2">
         <v>62</v>
       </c>
       <c r="D10" t="s">
         <v>60</v>
       </c>
       <c r="E10" t="s">
         <v>63</v>
       </c>
       <c r="F10" t="s">
         <v>64</v>
       </c>
       <c r="G10" t="s" s="3">
         <v>65</v>
       </c>
       <c r="H10" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="I10" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="J10" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K10" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B11" t="s">
         <v>61</v>
       </c>
       <c r="C11" t="s" s="2">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D11" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E11" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F11" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="G11" t="s" s="3">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H11" t="s">
         <v>45</v>
       </c>
       <c r="I11" t="s">
         <v>19</v>
       </c>
       <c r="J11" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B12" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C12" t="s" s="2">
+        <v>77</v>
+      </c>
+      <c r="D12" t="s">
         <v>75</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G12" t="s" s="3">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="H12" t="s">
         <v>18</v>
       </c>
       <c r="I12" t="s">
         <v>19</v>
       </c>
       <c r="J12" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="K12" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B13" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C13" t="s" s="2">
+        <v>84</v>
+      </c>
+      <c r="D13" t="s">
         <v>82</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F13" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="G13" t="s" s="3">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="H13" t="s">
         <v>18</v>
       </c>
       <c r="I13" t="s">
         <v>29</v>
       </c>
       <c r="J13" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="K13" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" t="s" s="2">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D14" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E14" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F14" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="G14" t="s" s="3">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="H14" t="s">
         <v>45</v>
       </c>
       <c r="I14" t="s">
         <v>19</v>
       </c>
       <c r="J14" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="K14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B15" t="s">
         <v>40</v>
       </c>
       <c r="C15" t="s" s="2">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D15" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E15" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F15" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G15" t="s" s="3">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H15" t="s">
         <v>45</v>
       </c>
       <c r="I15" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="J15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B16" t="s">
+        <v>102</v>
+      </c>
+      <c r="C16" t="s" s="2">
+        <v>103</v>
+      </c>
+      <c r="D16" t="s">
         <v>101</v>
       </c>
-      <c r="C16" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F16" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G16" t="s" s="3">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H16" t="s">
         <v>45</v>
       </c>
       <c r="I16" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J16" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K16" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B17" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C17" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D17" t="s">
         <v>109</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G17" t="s" s="3">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H17" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="I17" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="J17" t="s">
         <v>114</v>
       </c>
       <c r="K17" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>115</v>
       </c>
       <c r="B18" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C18" t="s" s="2">
         <v>116</v>
       </c>
       <c r="D18" t="s">
         <v>115</v>
       </c>
       <c r="E18" t="s">
         <v>117</v>
       </c>
       <c r="F18" t="s">
         <v>118</v>
       </c>
       <c r="G18" t="s" s="3">
         <v>119</v>
       </c>
       <c r="H18" t="s">
         <v>45</v>
       </c>
       <c r="I18" t="s">
         <v>19</v>
       </c>
       <c r="J18" t="s">
         <v>120</v>
       </c>
       <c r="K18" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>121</v>
       </c>
       <c r="B19" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C19" t="s" s="2">
         <v>122</v>
       </c>
       <c r="D19" t="s">
         <v>121</v>
       </c>
       <c r="E19" t="s">
         <v>123</v>
       </c>
       <c r="F19" t="s">
         <v>124</v>
       </c>
       <c r="G19" t="s" s="3">
         <v>125</v>
       </c>
       <c r="H19" t="s">
         <v>18</v>
       </c>
       <c r="I19" t="s">
         <v>19</v>
       </c>
       <c r="J19" t="s">
         <v>126</v>
       </c>
       <c r="K19" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>127</v>
       </c>
       <c r="B20" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C20" t="s" s="2">
         <v>128</v>
       </c>
       <c r="D20" t="s">
         <v>127</v>
       </c>
       <c r="E20" t="s">
         <v>129</v>
       </c>
       <c r="F20" t="s">
         <v>130</v>
       </c>
       <c r="G20" t="s" s="3">
         <v>131</v>
       </c>
       <c r="H20" t="s">
         <v>18</v>
       </c>
       <c r="I20" t="s">
         <v>19</v>
       </c>
       <c r="J20" t="s">
         <v>132</v>
       </c>
       <c r="K20" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>133</v>
       </c>
       <c r="B21" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C21" t="s" s="2">
         <v>134</v>
       </c>
       <c r="D21" t="s">
         <v>133</v>
       </c>
       <c r="E21" t="s">
         <v>135</v>
       </c>
       <c r="F21" t="s">
         <v>136</v>
       </c>
       <c r="G21" t="s" s="3">
         <v>137</v>
       </c>
       <c r="H21" t="s">
         <v>18</v>
       </c>
       <c r="I21" t="s">
         <v>19</v>
       </c>
       <c r="J21" t="s">
         <v>138</v>
       </c>
@@ -3094,100 +3094,100 @@
       <c r="A23" t="s">
         <v>146</v>
       </c>
       <c r="B23" t="s">
         <v>147</v>
       </c>
       <c r="C23" t="s" s="2">
         <v>148</v>
       </c>
       <c r="D23" t="s">
         <v>146</v>
       </c>
       <c r="E23" t="s">
         <v>149</v>
       </c>
       <c r="F23" t="s">
         <v>150</v>
       </c>
       <c r="G23" t="s" s="3">
         <v>151</v>
       </c>
       <c r="H23" t="s">
         <v>45</v>
       </c>
       <c r="I23" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="J23" t="s">
         <v>152</v>
       </c>
       <c r="K23" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>153</v>
       </c>
       <c r="B24" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C24" t="s" s="2">
         <v>154</v>
       </c>
       <c r="D24" t="s">
         <v>153</v>
       </c>
       <c r="E24" t="s">
         <v>155</v>
       </c>
       <c r="F24" t="s">
         <v>156</v>
       </c>
       <c r="G24" t="s" s="3">
         <v>157</v>
       </c>
       <c r="H24" t="s">
         <v>18</v>
       </c>
       <c r="I24" t="s">
         <v>19</v>
       </c>
       <c r="J24" t="s">
         <v>158</v>
       </c>
       <c r="K24" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>159</v>
       </c>
       <c r="B25" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C25" t="s" s="2">
         <v>160</v>
       </c>
       <c r="D25" t="s">
         <v>159</v>
       </c>
       <c r="E25" t="s">
         <v>161</v>
       </c>
       <c r="F25" t="s">
         <v>162</v>
       </c>
       <c r="G25" t="s" s="3">
         <v>163</v>
       </c>
       <c r="H25" t="s">
         <v>18</v>
       </c>
       <c r="I25" t="s">
         <v>29</v>
       </c>
       <c r="J25" t="s">
         <v>164</v>
       </c>
@@ -3231,51 +3231,51 @@
       <c r="A27" t="s">
         <v>172</v>
       </c>
       <c r="B27" t="s">
         <v>61</v>
       </c>
       <c r="C27" t="s" s="2">
         <v>173</v>
       </c>
       <c r="D27" t="s">
         <v>172</v>
       </c>
       <c r="E27" t="s">
         <v>174</v>
       </c>
       <c r="F27" t="s">
         <v>175</v>
       </c>
       <c r="G27" t="s" s="3">
         <v>176</v>
       </c>
       <c r="H27" t="s">
         <v>45</v>
       </c>
       <c r="I27" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="J27" t="s">
         <v>177</v>
       </c>
       <c r="K27" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>178</v>
       </c>
       <c r="B28" t="s">
         <v>140</v>
       </c>
       <c r="C28" t="s" s="2">
         <v>179</v>
       </c>
       <c r="D28" t="s">
         <v>178</v>
       </c>
       <c r="E28" t="s">
         <v>180</v>
       </c>
       <c r="F28" t="s">
@@ -3581,51 +3581,51 @@
       <c r="A37" t="s">
         <v>236</v>
       </c>
       <c r="B37" t="s">
         <v>140</v>
       </c>
       <c r="C37" t="s" s="2">
         <v>237</v>
       </c>
       <c r="D37" t="s">
         <v>236</v>
       </c>
       <c r="E37" t="s">
         <v>238</v>
       </c>
       <c r="F37" t="s">
         <v>239</v>
       </c>
       <c r="G37" t="s" s="3">
         <v>240</v>
       </c>
       <c r="H37" t="s">
         <v>45</v>
       </c>
       <c r="I37" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="J37" t="s">
         <v>241</v>
       </c>
       <c r="K37" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>242</v>
       </c>
       <c r="B38" t="s">
         <v>140</v>
       </c>
       <c r="C38" t="s" s="2">
         <v>243</v>
       </c>
       <c r="D38" t="s">
         <v>242</v>
       </c>
       <c r="E38" t="s">
         <v>244</v>
       </c>
       <c r="F38" t="s">
@@ -3665,101 +3665,101 @@
       </c>
       <c r="F39" t="s">
         <v>253</v>
       </c>
       <c r="G39" t="s" s="3">
         <v>254</v>
       </c>
       <c r="H39" t="s">
         <v>18</v>
       </c>
       <c r="I39" t="s">
         <v>19</v>
       </c>
       <c r="J39" t="s">
         <v>255</v>
       </c>
       <c r="K39" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>256</v>
       </c>
       <c r="B40" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C40" t="s" s="2">
         <v>257</v>
       </c>
       <c r="D40" t="s">
         <v>256</v>
       </c>
       <c r="E40" t="s">
         <v>258</v>
       </c>
       <c r="F40" t="s">
         <v>259</v>
       </c>
       <c r="G40" t="s" s="3">
         <v>260</v>
       </c>
       <c r="H40" t="s">
         <v>18</v>
       </c>
       <c r="I40" t="s">
         <v>19</v>
       </c>
       <c r="J40" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>262</v>
       </c>
       <c r="B41" t="s">
         <v>263</v>
       </c>
       <c r="C41" t="s" s="2">
         <v>264</v>
       </c>
       <c r="D41" t="s">
         <v>262</v>
       </c>
       <c r="E41" t="s">
         <v>265</v>
       </c>
       <c r="F41" t="s">
         <v>266</v>
       </c>
       <c r="G41" t="s" s="3">
         <v>267</v>
       </c>
       <c r="H41" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="I41" t="s">
         <v>19</v>
       </c>
       <c r="J41" t="s">
         <v>268</v>
       </c>
       <c r="K41" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>269</v>
       </c>
       <c r="B42" t="s">
         <v>185</v>
       </c>
       <c r="C42" t="s" s="2">
         <v>270</v>
       </c>
       <c r="D42" t="s">
         <v>269</v>
       </c>
       <c r="E42" t="s">
@@ -3767,139 +3767,139 @@
       </c>
       <c r="F42" t="s">
         <v>272</v>
       </c>
       <c r="G42" t="s" s="3">
         <v>273</v>
       </c>
       <c r="H42" t="s">
         <v>18</v>
       </c>
       <c r="I42" t="s">
         <v>19</v>
       </c>
       <c r="J42" t="s">
         <v>274</v>
       </c>
       <c r="K42" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>275</v>
       </c>
       <c r="B43" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C43" t="s" s="2">
         <v>276</v>
       </c>
       <c r="D43" t="s">
         <v>275</v>
       </c>
       <c r="E43" t="s">
         <v>277</v>
       </c>
       <c r="F43" t="s">
         <v>278</v>
       </c>
       <c r="G43" t="s" s="3">
         <v>279</v>
       </c>
       <c r="H43" t="s">
         <v>37</v>
       </c>
       <c r="I43" t="s">
         <v>170</v>
       </c>
       <c r="J43" t="s">
         <v>280</v>
       </c>
       <c r="K43" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>281</v>
       </c>
       <c r="B44" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C44" t="s" s="2">
         <v>282</v>
       </c>
       <c r="D44" t="s">
         <v>283</v>
       </c>
       <c r="E44" t="s">
         <v>284</v>
       </c>
       <c r="F44" t="s">
         <v>285</v>
       </c>
       <c r="G44" t="s" s="3">
         <v>286</v>
       </c>
       <c r="H44" t="s">
         <v>45</v>
       </c>
       <c r="I44" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J44" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>288</v>
       </c>
       <c r="B45" t="s">
         <v>140</v>
       </c>
       <c r="C45" t="s" s="2">
         <v>289</v>
       </c>
       <c r="D45" t="s">
         <v>288</v>
       </c>
       <c r="E45" t="s">
         <v>290</v>
       </c>
       <c r="F45" t="s">
         <v>291</v>
       </c>
       <c r="G45" t="s" s="3">
         <v>292</v>
       </c>
       <c r="H45" t="s">
         <v>45</v>
       </c>
       <c r="I45" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="J45" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>294</v>
       </c>
       <c r="B46" t="s">
         <v>61</v>
       </c>
       <c r="C46" t="s" s="2">
         <v>295</v>
       </c>
       <c r="D46" t="s">
         <v>294</v>
       </c>
       <c r="E46" t="s">
         <v>296</v>
       </c>
       <c r="F46" t="s">
         <v>297</v>
       </c>
       <c r="G46" t="s" s="3">
@@ -3971,51 +3971,51 @@
       </c>
       <c r="F48" t="s">
         <v>310</v>
       </c>
       <c r="G48" t="s" s="3">
         <v>311</v>
       </c>
       <c r="H48" t="s">
         <v>28</v>
       </c>
       <c r="I48" t="s">
         <v>29</v>
       </c>
       <c r="J48" t="s">
         <v>312</v>
       </c>
       <c r="K48" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>313</v>
       </c>
       <c r="B49" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C49" t="s" s="2">
         <v>314</v>
       </c>
       <c r="D49" t="s">
         <v>313</v>
       </c>
       <c r="E49" t="s">
         <v>315</v>
       </c>
       <c r="F49" t="s">
         <v>316</v>
       </c>
       <c r="G49" t="s" s="3">
         <v>317</v>
       </c>
       <c r="H49" t="s">
         <v>18</v>
       </c>
       <c r="I49" t="s">
         <v>29</v>
       </c>
       <c r="J49" t="s">
         <v>318</v>
       </c>
@@ -4059,100 +4059,100 @@
       <c r="A51" t="s">
         <v>326</v>
       </c>
       <c r="B51" t="s">
         <v>320</v>
       </c>
       <c r="C51" t="s" s="2">
         <v>327</v>
       </c>
       <c r="D51" t="s">
         <v>326</v>
       </c>
       <c r="E51" t="s">
         <v>328</v>
       </c>
       <c r="F51" t="s">
         <v>329</v>
       </c>
       <c r="G51" t="s" s="3">
         <v>330</v>
       </c>
       <c r="H51" t="s">
         <v>45</v>
       </c>
       <c r="I51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J51" t="s">
         <v>331</v>
       </c>
       <c r="K51" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>332</v>
       </c>
       <c r="B52" t="s">
         <v>54</v>
       </c>
       <c r="C52" t="s" s="2">
         <v>333</v>
       </c>
       <c r="D52" t="s">
         <v>332</v>
       </c>
       <c r="E52" t="s">
         <v>334</v>
       </c>
       <c r="F52" t="s">
         <v>335</v>
       </c>
       <c r="G52" t="s" s="3">
         <v>336</v>
       </c>
       <c r="H52" t="s">
         <v>18</v>
       </c>
       <c r="I52" t="s">
         <v>29</v>
       </c>
       <c r="J52" t="s">
         <v>337</v>
       </c>
       <c r="K52" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>338</v>
       </c>
       <c r="B53" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C53" t="s" s="2">
         <v>339</v>
       </c>
       <c r="D53" t="s">
         <v>340</v>
       </c>
       <c r="E53" t="s">
         <v>341</v>
       </c>
       <c r="F53" t="s">
         <v>342</v>
       </c>
       <c r="G53" t="s" s="3">
         <v>343</v>
       </c>
       <c r="H53" t="s">
         <v>18</v>
       </c>
       <c r="I53" t="s">
         <v>19</v>
       </c>
       <c r="J53" t="s">
         <v>344</v>
       </c>
@@ -4248,174 +4248,174 @@
       </c>
       <c r="F56" t="s">
         <v>360</v>
       </c>
       <c r="G56" t="s" s="3">
         <v>361</v>
       </c>
       <c r="H56" t="s">
         <v>18</v>
       </c>
       <c r="I56" t="s">
         <v>29</v>
       </c>
       <c r="J56" t="s">
         <v>362</v>
       </c>
       <c r="K56" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>363</v>
       </c>
       <c r="B57" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C57" t="s" s="2">
         <v>364</v>
       </c>
       <c r="D57" t="s">
         <v>363</v>
       </c>
       <c r="E57" t="s">
         <v>365</v>
       </c>
       <c r="G57" t="s" s="3">
         <v>366</v>
       </c>
       <c r="H57" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="I57" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J57" t="s">
         <v>367</v>
       </c>
       <c r="K57" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>368</v>
       </c>
       <c r="B58" t="s">
         <v>210</v>
       </c>
       <c r="C58" t="s" s="2">
         <v>369</v>
       </c>
       <c r="D58" t="s">
         <v>368</v>
       </c>
       <c r="E58" t="s">
         <v>370</v>
       </c>
       <c r="F58" t="s">
         <v>371</v>
       </c>
       <c r="G58" t="s" s="3">
         <v>372</v>
       </c>
       <c r="H58" t="s">
         <v>18</v>
       </c>
       <c r="I58" t="s">
         <v>29</v>
       </c>
       <c r="J58" t="s">
         <v>373</v>
       </c>
       <c r="K58" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>374</v>
       </c>
       <c r="B59" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C59" t="s" s="2">
         <v>375</v>
       </c>
       <c r="D59" t="s">
         <v>374</v>
       </c>
       <c r="E59" t="s">
         <v>376</v>
       </c>
       <c r="F59" t="s">
         <v>377</v>
       </c>
       <c r="G59" t="s" s="3">
         <v>378</v>
       </c>
       <c r="H59" t="s">
         <v>299</v>
       </c>
       <c r="I59" t="s">
         <v>379</v>
       </c>
       <c r="J59" t="s">
         <v>380</v>
       </c>
       <c r="K59" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>381</v>
       </c>
       <c r="B60" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C60" t="s" s="2">
         <v>382</v>
       </c>
       <c r="D60" t="s">
         <v>381</v>
       </c>
       <c r="E60" t="s">
         <v>383</v>
       </c>
       <c r="F60" t="s">
         <v>384</v>
       </c>
       <c r="G60" t="s" s="3">
         <v>385</v>
       </c>
       <c r="H60" t="s">
         <v>45</v>
       </c>
       <c r="I60" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J60" t="s">
         <v>386</v>
       </c>
       <c r="K60" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>387</v>
       </c>
       <c r="B61" t="s">
         <v>140</v>
       </c>
       <c r="C61" t="s" s="2">
         <v>388</v>
       </c>
       <c r="D61" t="s">
         <v>387</v>
       </c>
       <c r="E61" t="s">
         <v>389</v>
       </c>
       <c r="F61" t="s">
@@ -4487,86 +4487,86 @@
       </c>
       <c r="F63" t="s">
         <v>402</v>
       </c>
       <c r="G63" t="s" s="3">
         <v>403</v>
       </c>
       <c r="H63" t="s">
         <v>45</v>
       </c>
       <c r="I63" t="s">
         <v>19</v>
       </c>
       <c r="J63" t="s">
         <v>404</v>
       </c>
       <c r="K63" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>405</v>
       </c>
       <c r="B64" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C64" t="s" s="2">
         <v>406</v>
       </c>
       <c r="D64" t="s">
         <v>405</v>
       </c>
       <c r="E64" t="s">
         <v>407</v>
       </c>
       <c r="F64" t="s">
         <v>408</v>
       </c>
       <c r="G64" t="s" s="3">
         <v>409</v>
       </c>
       <c r="H64" t="s">
         <v>410</v>
       </c>
       <c r="I64" t="s">
         <v>19</v>
       </c>
       <c r="J64" t="s">
         <v>411</v>
       </c>
       <c r="K64" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>412</v>
       </c>
       <c r="B65" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C65" t="s" s="2">
         <v>413</v>
       </c>
       <c r="D65" t="s">
         <v>412</v>
       </c>
       <c r="E65" t="s">
         <v>414</v>
       </c>
       <c r="F65" t="s">
         <v>415</v>
       </c>
       <c r="G65" t="s" s="3">
         <v>416</v>
       </c>
       <c r="H65" t="s">
         <v>18</v>
       </c>
       <c r="I65" t="s">
         <v>29</v>
       </c>
       <c r="J65" t="s">
         <v>417</v>
       </c>
@@ -4589,51 +4589,51 @@
       </c>
       <c r="E66" t="s">
         <v>421</v>
       </c>
       <c r="G66" t="s" s="3">
         <v>422</v>
       </c>
       <c r="H66" t="s">
         <v>18</v>
       </c>
       <c r="I66" t="s">
         <v>19</v>
       </c>
       <c r="J66" t="s">
         <v>423</v>
       </c>
       <c r="K66" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>424</v>
       </c>
       <c r="B67" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C67" t="s" s="2">
         <v>425</v>
       </c>
       <c r="D67" t="s">
         <v>424</v>
       </c>
       <c r="E67" t="s">
         <v>426</v>
       </c>
       <c r="F67" t="s">
         <v>427</v>
       </c>
       <c r="G67" t="s" s="3">
         <v>428</v>
       </c>
       <c r="H67" t="s">
         <v>37</v>
       </c>
       <c r="I67" t="s">
         <v>29</v>
       </c>
       <c r="J67" t="s">
         <v>429</v>
       </c>
@@ -4659,86 +4659,86 @@
       </c>
       <c r="F68" t="s">
         <v>433</v>
       </c>
       <c r="G68" t="s" s="3">
         <v>434</v>
       </c>
       <c r="H68" t="s">
         <v>45</v>
       </c>
       <c r="I68" t="s">
         <v>19</v>
       </c>
       <c r="J68" t="s">
         <v>435</v>
       </c>
       <c r="K68" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>436</v>
       </c>
       <c r="B69" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C69" t="s" s="2">
         <v>437</v>
       </c>
       <c r="D69" t="s">
         <v>436</v>
       </c>
       <c r="E69" t="s">
         <v>438</v>
       </c>
       <c r="F69" t="s">
         <v>439</v>
       </c>
       <c r="G69" t="s" s="3">
         <v>440</v>
       </c>
       <c r="H69" t="s">
         <v>18</v>
       </c>
       <c r="I69" t="s">
         <v>29</v>
       </c>
       <c r="J69" t="s">
         <v>441</v>
       </c>
       <c r="K69" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>442</v>
       </c>
       <c r="B70" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C70" t="s" s="2">
         <v>443</v>
       </c>
       <c r="D70" t="s">
         <v>442</v>
       </c>
       <c r="E70" t="s">
         <v>444</v>
       </c>
       <c r="F70" t="s">
         <v>445</v>
       </c>
       <c r="G70" t="s" s="3">
         <v>446</v>
       </c>
       <c r="H70" t="s">
         <v>37</v>
       </c>
       <c r="I70" t="s">
         <v>19</v>
       </c>
       <c r="J70" t="s">
         <v>447</v>
       </c>
@@ -4782,100 +4782,100 @@
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>454</v>
       </c>
       <c r="B72" t="s">
         <v>320</v>
       </c>
       <c r="C72" t="s" s="2">
         <v>455</v>
       </c>
       <c r="D72" t="s">
         <v>454</v>
       </c>
       <c r="E72" t="s">
         <v>456</v>
       </c>
       <c r="G72" t="s" s="3">
         <v>457</v>
       </c>
       <c r="H72" t="s">
         <v>45</v>
       </c>
       <c r="I72" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J72" t="s">
         <v>458</v>
       </c>
       <c r="K72" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>459</v>
       </c>
       <c r="B73" t="s">
         <v>224</v>
       </c>
       <c r="C73" t="s" s="2">
         <v>460</v>
       </c>
       <c r="D73" t="s">
         <v>459</v>
       </c>
       <c r="E73" t="s">
         <v>461</v>
       </c>
       <c r="F73" t="s">
         <v>462</v>
       </c>
       <c r="G73" t="s" s="3">
         <v>463</v>
       </c>
       <c r="H73" t="s">
         <v>18</v>
       </c>
       <c r="I73" t="s">
         <v>19</v>
       </c>
       <c r="J73" t="s">
         <v>464</v>
       </c>
       <c r="K73" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>465</v>
       </c>
       <c r="B74" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C74" t="s" s="2">
         <v>466</v>
       </c>
       <c r="D74" t="s">
         <v>465</v>
       </c>
       <c r="E74" t="s">
         <v>467</v>
       </c>
       <c r="F74" t="s">
         <v>468</v>
       </c>
       <c r="G74" t="s" s="3">
         <v>469</v>
       </c>
       <c r="H74" t="s">
         <v>18</v>
       </c>
       <c r="I74" t="s">
         <v>19</v>
       </c>
       <c r="J74" t="s">
         <v>470</v>
       </c>
@@ -4898,118 +4898,118 @@
       </c>
       <c r="E75" t="s">
         <v>473</v>
       </c>
       <c r="F75" t="s">
         <v>474</v>
       </c>
       <c r="G75" t="s" s="3">
         <v>475</v>
       </c>
       <c r="H75" t="s">
         <v>18</v>
       </c>
       <c r="I75" t="s">
         <v>19</v>
       </c>
       <c r="J75" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>477</v>
       </c>
       <c r="B76" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C76" t="s" s="2">
         <v>478</v>
       </c>
       <c r="D76" t="s">
         <v>479</v>
       </c>
       <c r="E76" t="s">
         <v>480</v>
       </c>
       <c r="G76" t="s" s="3">
         <v>481</v>
       </c>
       <c r="H76" t="s">
         <v>18</v>
       </c>
       <c r="I76" t="s">
         <v>29</v>
       </c>
       <c r="J76" t="s">
         <v>482</v>
       </c>
       <c r="K76" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>483</v>
       </c>
       <c r="B77" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C77" t="s" s="2">
         <v>484</v>
       </c>
       <c r="D77" t="s">
         <v>483</v>
       </c>
       <c r="E77" t="s">
         <v>485</v>
       </c>
       <c r="F77" t="s">
         <v>486</v>
       </c>
       <c r="G77" t="s" s="3">
         <v>487</v>
       </c>
       <c r="H77" t="s">
         <v>18</v>
       </c>
       <c r="I77" t="s">
         <v>19</v>
       </c>
       <c r="J77" t="s">
         <v>488</v>
       </c>
       <c r="K77" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>489</v>
       </c>
       <c r="B78" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C78" t="s" s="2">
         <v>490</v>
       </c>
       <c r="D78" t="s">
         <v>489</v>
       </c>
       <c r="E78" t="s">
         <v>491</v>
       </c>
       <c r="F78" t="s">
         <v>492</v>
       </c>
       <c r="G78" t="s" s="3">
         <v>493</v>
       </c>
       <c r="H78" t="s">
         <v>18</v>
       </c>
       <c r="I78" t="s">
         <v>19</v>
       </c>
       <c r="J78" t="s">
         <v>494</v>
       </c>
@@ -5070,51 +5070,51 @@
       </c>
       <c r="F80" t="s">
         <v>505</v>
       </c>
       <c r="G80" t="s" s="3">
         <v>506</v>
       </c>
       <c r="H80" t="s">
         <v>18</v>
       </c>
       <c r="I80" t="s">
         <v>29</v>
       </c>
       <c r="J80" t="s">
         <v>507</v>
       </c>
       <c r="K80" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>508</v>
       </c>
       <c r="B81" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C81" t="s" s="2">
         <v>509</v>
       </c>
       <c r="D81" t="s">
         <v>508</v>
       </c>
       <c r="E81" t="s">
         <v>510</v>
       </c>
       <c r="F81" t="s">
         <v>511</v>
       </c>
       <c r="G81" t="s" s="3">
         <v>512</v>
       </c>
       <c r="H81" t="s">
         <v>37</v>
       </c>
       <c r="I81" t="s">
         <v>19</v>
       </c>
       <c r="J81" t="s">
         <v>513</v>
       </c>
@@ -5263,51 +5263,51 @@
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>540</v>
       </c>
       <c r="B86" t="s">
         <v>61</v>
       </c>
       <c r="C86" t="s" s="2">
         <v>541</v>
       </c>
       <c r="D86" t="s">
         <v>540</v>
       </c>
       <c r="E86" t="s">
         <v>542</v>
       </c>
       <c r="F86" t="s">
         <v>543</v>
       </c>
       <c r="G86" t="s" s="3">
         <v>544</v>
       </c>
       <c r="H86" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="I86" t="s">
         <v>19</v>
       </c>
       <c r="J86" t="s">
         <v>545</v>
       </c>
       <c r="K86" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>546</v>
       </c>
       <c r="B87" t="s">
         <v>61</v>
       </c>
       <c r="C87" t="s" s="2">
         <v>547</v>
       </c>
       <c r="D87" t="s">
         <v>546</v>
       </c>
       <c r="E87" t="s">
@@ -5350,72 +5350,72 @@
       </c>
       <c r="F88" t="s">
         <v>555</v>
       </c>
       <c r="G88" t="s" s="3">
         <v>556</v>
       </c>
       <c r="H88" t="s">
         <v>18</v>
       </c>
       <c r="I88" t="s">
         <v>19</v>
       </c>
       <c r="J88" t="s">
         <v>557</v>
       </c>
       <c r="K88" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>558</v>
       </c>
       <c r="B89" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C89" t="s" s="2">
         <v>559</v>
       </c>
       <c r="D89" t="s">
         <v>558</v>
       </c>
       <c r="E89" t="s">
         <v>560</v>
       </c>
       <c r="F89" t="s">
         <v>561</v>
       </c>
       <c r="G89" t="s" s="3">
         <v>562</v>
       </c>
       <c r="H89" t="s">
         <v>45</v>
       </c>
       <c r="I89" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J89" t="s">
         <v>563</v>
       </c>
       <c r="K89" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>564</v>
       </c>
       <c r="B90" t="s">
         <v>40</v>
       </c>
       <c r="C90" t="s" s="2">
         <v>565</v>
       </c>
       <c r="D90" t="s">
         <v>564</v>
       </c>
       <c r="E90" t="s">
         <v>566</v>
       </c>
       <c r="F90" t="s">
@@ -5654,51 +5654,51 @@
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>609</v>
       </c>
       <c r="B99" t="s">
         <v>596</v>
       </c>
       <c r="C99" t="s">
         <v>610</v>
       </c>
       <c r="D99" t="s">
         <v>609</v>
       </c>
       <c r="E99" t="s">
         <v>611</v>
       </c>
       <c r="F99" t="s">
         <v>612</v>
       </c>
       <c r="G99" t="s" s="3">
         <v>613</v>
       </c>
       <c r="H99" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="I99" t="s">
         <v>525</v>
       </c>
       <c r="J99" t="s">
         <v>614</v>
       </c>
       <c r="K99" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>615</v>
       </c>
       <c r="B100" t="s">
         <v>596</v>
       </c>
       <c r="C100" t="s">
         <v>616</v>
       </c>
       <c r="D100" t="s">
         <v>615</v>
       </c>
       <c r="E100" t="s">
@@ -5829,436 +5829,436 @@
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>642</v>
       </c>
       <c r="B104" t="s">
         <v>596</v>
       </c>
       <c r="C104" t="s">
         <v>643</v>
       </c>
       <c r="D104" t="s">
         <v>642</v>
       </c>
       <c r="E104" t="s">
         <v>644</v>
       </c>
       <c r="F104" t="s">
         <v>645</v>
       </c>
       <c r="G104" t="s" s="3">
         <v>646</v>
       </c>
       <c r="H104" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="I104" t="s">
         <v>525</v>
       </c>
       <c r="J104" t="s">
         <v>647</v>
       </c>
       <c r="K104" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="105"/>
     <row r="106">
       <c r="A106" t="s" s="1">
         <v>648</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>649</v>
       </c>
       <c r="B107" t="s">
         <v>650</v>
       </c>
       <c r="C107" t="s">
         <v>651</v>
       </c>
       <c r="D107" t="s">
         <v>652</v>
       </c>
       <c r="E107" t="s">
         <v>653</v>
       </c>
       <c r="F107" t="s">
         <v>654</v>
       </c>
       <c r="G107" t="s" s="3">
         <v>655</v>
       </c>
       <c r="H107" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="I107" t="s">
         <v>500</v>
       </c>
       <c r="J107" t="s">
         <v>656</v>
       </c>
       <c r="K107" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>658</v>
       </c>
       <c r="B108" t="s">
         <v>650</v>
       </c>
       <c r="C108" t="s">
         <v>659</v>
       </c>
       <c r="D108" t="s">
         <v>660</v>
       </c>
       <c r="E108" t="s">
         <v>661</v>
       </c>
       <c r="F108" t="s">
         <v>662</v>
       </c>
       <c r="G108" t="s" s="3">
         <v>663</v>
       </c>
       <c r="H108" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="I108" t="s">
         <v>525</v>
       </c>
       <c r="J108" t="s">
         <v>664</v>
       </c>
       <c r="K108" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>665</v>
       </c>
       <c r="B109" t="s">
         <v>650</v>
       </c>
       <c r="C109" t="s">
         <v>666</v>
       </c>
       <c r="D109" t="s">
         <v>667</v>
       </c>
       <c r="E109" t="s">
         <v>668</v>
       </c>
       <c r="F109" t="s">
         <v>669</v>
       </c>
       <c r="G109" t="s" s="3">
         <v>670</v>
       </c>
       <c r="H109" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="I109" t="s">
         <v>525</v>
       </c>
       <c r="J109" t="s">
         <v>671</v>
       </c>
       <c r="K109" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>672</v>
       </c>
       <c r="B110" t="s">
         <v>650</v>
       </c>
       <c r="C110" t="s">
         <v>673</v>
       </c>
       <c r="D110" t="s">
         <v>672</v>
       </c>
       <c r="E110" t="s">
         <v>674</v>
       </c>
       <c r="F110" t="s">
         <v>675</v>
       </c>
       <c r="G110" t="s" s="3">
         <v>676</v>
       </c>
       <c r="H110" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="I110" t="s">
         <v>500</v>
       </c>
       <c r="J110" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>678</v>
       </c>
       <c r="B111" t="s">
         <v>650</v>
       </c>
       <c r="C111" t="s">
         <v>679</v>
       </c>
       <c r="D111" t="s">
         <v>678</v>
       </c>
       <c r="E111" t="s">
         <v>680</v>
       </c>
       <c r="F111" t="s">
         <v>681</v>
       </c>
       <c r="G111" t="s" s="3">
         <v>682</v>
       </c>
       <c r="H111" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="I111" t="s">
         <v>525</v>
       </c>
       <c r="J111" t="s">
         <v>683</v>
       </c>
       <c r="K111" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>684</v>
       </c>
       <c r="B112" t="s">
         <v>650</v>
       </c>
       <c r="C112" t="s">
         <v>685</v>
       </c>
       <c r="D112" t="s">
         <v>684</v>
       </c>
       <c r="E112" t="s">
         <v>686</v>
       </c>
       <c r="F112" t="s">
         <v>687</v>
       </c>
       <c r="G112" t="s" s="3">
         <v>688</v>
       </c>
       <c r="H112" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="I112" t="s">
         <v>525</v>
       </c>
       <c r="J112" t="s">
         <v>689</v>
       </c>
       <c r="K112" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>690</v>
       </c>
       <c r="B113" t="s">
         <v>650</v>
       </c>
       <c r="C113" t="s">
         <v>691</v>
       </c>
       <c r="D113" t="s">
         <v>690</v>
       </c>
       <c r="E113" t="s">
         <v>692</v>
       </c>
       <c r="F113" t="s">
         <v>693</v>
       </c>
       <c r="G113" t="s" s="3">
         <v>694</v>
       </c>
       <c r="H113" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="I113" t="s">
         <v>500</v>
       </c>
       <c r="J113" t="s">
         <v>695</v>
       </c>
       <c r="K113" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>696</v>
       </c>
       <c r="B114" t="s">
         <v>650</v>
       </c>
       <c r="C114" t="s">
         <v>697</v>
       </c>
       <c r="D114" t="s">
         <v>696</v>
       </c>
       <c r="E114" t="s">
         <v>698</v>
       </c>
       <c r="F114" t="s">
         <v>699</v>
       </c>
       <c r="G114" t="s" s="3">
         <v>700</v>
       </c>
       <c r="H114" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="I114" t="s">
         <v>525</v>
       </c>
       <c r="J114" t="s">
         <v>701</v>
       </c>
       <c r="K114" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>702</v>
       </c>
       <c r="B115" t="s">
         <v>650</v>
       </c>
       <c r="C115" t="s">
         <v>703</v>
       </c>
       <c r="D115" t="s">
         <v>702</v>
       </c>
       <c r="E115" t="s">
         <v>704</v>
       </c>
       <c r="F115" t="s">
         <v>705</v>
       </c>
       <c r="G115" t="s" s="3">
         <v>706</v>
       </c>
       <c r="H115" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="I115" t="s">
         <v>500</v>
       </c>
       <c r="J115" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>708</v>
       </c>
       <c r="B116" t="s">
         <v>650</v>
       </c>
       <c r="C116" t="s">
         <v>709</v>
       </c>
       <c r="D116" t="s">
         <v>710</v>
       </c>
       <c r="E116" t="s">
         <v>711</v>
       </c>
       <c r="F116" t="s">
         <v>712</v>
       </c>
       <c r="G116" t="s" s="3">
         <v>713</v>
       </c>
       <c r="H116" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="I116" t="s">
         <v>525</v>
       </c>
       <c r="J116" t="s">
         <v>714</v>
       </c>
       <c r="K116" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>715</v>
       </c>
       <c r="B117" t="s">
         <v>650</v>
       </c>
       <c r="C117" t="s">
         <v>716</v>
       </c>
       <c r="D117" t="s">
         <v>717</v>
       </c>
       <c r="E117" t="s">
         <v>718</v>
       </c>
       <c r="F117" s="4">
         <v>420724118578</v>
       </c>
       <c r="G117" t="s" s="3">
         <v>719</v>
       </c>
       <c r="H117" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="I117" t="s">
         <v>500</v>
       </c>
       <c r="J117" t="s">
         <v>720</v>
       </c>
       <c r="K117" t="s">
         <v>657</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G4" r:id="rId1" location="" display="mailto:bialapodlaska@autos.com.pl"/>
     <hyperlink ref="G5" r:id="rId2" location="" display="mailto:bialystok@autos.com.pl"/>
     <hyperlink ref="G6" r:id="rId3" location="" display="mailto:bielsk@autos.com.pl"/>
     <hyperlink ref="G7" r:id="rId4" location="" display="mailto:bielskobiala@autos.com.pl"/>
     <hyperlink ref="G8" r:id="rId5" location="" display="mailto:bierun@autos.com.pl"/>
     <hyperlink ref="G9" r:id="rId6" location="" display="mailto:boleslawiec@autos.com.pl"/>
     <hyperlink ref="G10" r:id="rId7" location="" display="mailto:brodnica@autos.com.pl"/>
     <hyperlink ref="G11" r:id="rId8" location="" display="mailto:bydgoszcz@autos.com.pl"/>
     <hyperlink ref="G12" r:id="rId9" location="" display="mailto:chojnice@autos.com.pl"/>
     <hyperlink ref="G13" r:id="rId10" location="" display="mailto:ciechanow@autos.com.pl"/>
     <hyperlink ref="G14" r:id="rId11" location="" display="mailto:czestochowa@autos.com.pl"/>
     <hyperlink ref="G15" r:id="rId12" location="" display="mailto:dabrowa@autos.com.pl"/>