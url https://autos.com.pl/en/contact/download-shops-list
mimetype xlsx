--- v6 (2026-02-22)
+++ v7 (2026-03-27)
@@ -1329,51 +1329,51 @@
   <si>
     <t>24-100</t>
   </si>
   <si>
     <t>ul. Składowa 8</t>
   </si>
   <si>
     <t>+48 81 888 56 96; +48 723 686 991; +48 723 680 001; +48 501 589 005</t>
   </si>
   <si>
     <t>pulawy@autos.com.pl</t>
   </si>
   <si>
     <t>51.416616000000000, 21.997043000000000</t>
   </si>
   <si>
     <t>Radom</t>
   </si>
   <si>
     <t>26-600</t>
   </si>
   <si>
     <t>ul. Maratońska 67</t>
   </si>
   <si>
-    <t>+48 604 081 020</t>
+    <t>+48 604 081 019; +48 604 081 020; +48 602 266 611; +48 602 366 622; +48 792 366 622</t>
   </si>
   <si>
     <t>radom@autos.com.pl</t>
   </si>
   <si>
     <t>51.395698000000000, 21.110616000000000</t>
   </si>
   <si>
     <t>Rudzienice k/Iławy</t>
   </si>
   <si>
     <t>14-204</t>
   </si>
   <si>
     <t>ul. Iławska 102A</t>
   </si>
   <si>
     <t>+48 89 640 24 60</t>
   </si>
   <si>
     <t>rudzienice@autos.com.pl</t>
   </si>
   <si>
     <t>53.622436000000000, 19.633040000000000</t>
   </si>